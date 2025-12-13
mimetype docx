--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -16,51 +16,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1724750495"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Cover Pages"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="44AFB353" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00A33E56" w:rsidP="00A911D0">
           <w:pPr>
             <w:ind w:left="1440" w:hanging="1440"/>
           </w:pPr>
           <w:r w:rsidRPr="00C6198E">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2407C761" wp14:editId="597890EE">
                     <wp:simplePos x="0" y="0"/>
@@ -203,51 +203,51 @@
                                 <w:r w:rsidR="000F225B">
                                   <w:rPr>
                                     <w:sz w:val="52"/>
                                   </w:rPr>
                                   <w:t>disponibilida</w:t>
                                 </w:r>
                                 <w:r w:rsidR="003C1A44">
                                   <w:rPr>
                                     <w:sz w:val="52"/>
                                   </w:rPr>
                                   <w:t>d</w:t>
                                 </w:r>
                                 <w:r w:rsidR="000F225B">
                                   <w:rPr>
                                     <w:sz w:val="52"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> de suministro de </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00EF13A2">
                                   <w:rPr>
                                     <w:sz w:val="52"/>
                                   </w:rPr>
                                   <w:t>combustible para centrales térmicas.</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="00075277" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="00824927">
+                              <w:p w14:paraId="00075277" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004B3B19">
                                 <w:pPr>
                                   <w:pStyle w:val="Subttulo"/>
                                 </w:pPr>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:alias w:val="Fecha"/>
                                     <w:tag w:val="Fecha"/>
                                     <w:id w:val="1417830956"/>
                                     <w:placeholder>
                                       <w:docPart w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
                                     </w:placeholder>
                                     <w:showingPlcHdr/>
                                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                                     <w:date>
                                       <w:dateFormat w:val="yyyy"/>
                                       <w:lid w:val="es-ES"/>
                                       <w:storeMappedDataAs w:val="dateTime"/>
                                       <w:calendar w:val="gregorian"/>
                                     </w:date>
                                   </w:sdtPr>
                                   <w:sdtEndPr/>
                                   <w:sdtContent>
                                     <w:r w:rsidR="004C55A9">
                                       <w:rPr>
                                         <w:caps w:val="0"/>
@@ -436,51 +436,51 @@
                           <w:r w:rsidR="000F225B">
                             <w:rPr>
                               <w:sz w:val="52"/>
                             </w:rPr>
                             <w:t>disponibilida</w:t>
                           </w:r>
                           <w:r w:rsidR="003C1A44">
                             <w:rPr>
                               <w:sz w:val="52"/>
                             </w:rPr>
                             <w:t>d</w:t>
                           </w:r>
                           <w:r w:rsidR="000F225B">
                             <w:rPr>
                               <w:sz w:val="52"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> de suministro de </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00EF13A2">
                             <w:rPr>
                               <w:sz w:val="52"/>
                             </w:rPr>
                             <w:t>combustible para centrales térmicas.</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="00075277" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="00824927">
+                        <w:p w14:paraId="00075277" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004B3B19">
                           <w:pPr>
                             <w:pStyle w:val="Subttulo"/>
                           </w:pPr>
                           <w:sdt>
                             <w:sdtPr>
                               <w:alias w:val="Fecha"/>
                               <w:tag w:val="Fecha"/>
                               <w:id w:val="1417830956"/>
                               <w:placeholder>
                                 <w:docPart w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
                               </w:placeholder>
                               <w:showingPlcHdr/>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                               <w:date>
                                 <w:dateFormat w:val="yyyy"/>
                                 <w:lid w:val="es-ES"/>
                                 <w:storeMappedDataAs w:val="dateTime"/>
                                 <w:calendar w:val="gregorian"/>
                               </w:date>
                             </w:sdtPr>
                             <w:sdtEndPr/>
                             <w:sdtContent>
                               <w:r w:rsidR="004C55A9">
                                 <w:rPr>
                                   <w:caps w:val="0"/>
@@ -524,1035 +524,1161 @@
                                 <w:t>[</w:t>
                               </w:r>
                               <w:r w:rsidR="00577152">
                                 <w:t>D</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>escripción breve de las características de la central.]</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </v:textbox>
                     <w10:wrap type="topAndBottom" anchorx="page" anchory="margin"/>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:id w:val="-449625362"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="237F5471" w14:textId="77777777" w:rsidR="00250F98" w:rsidRDefault="00250F98">
+        <w:p w14:paraId="237F5471" w14:textId="77777777" w:rsidR="00250F98" w:rsidRPr="004B3B19" w:rsidRDefault="00250F98">
           <w:pPr>
             <w:pStyle w:val="TtuloTDC"/>
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="004B3B19">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:t>Tabla de contenido</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="66D72BFF" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00250F98">
+        <w:p w14:paraId="66D72BFF" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00250F98">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="004B3B19">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="004B3B19">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="004B3B19">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc527722132" w:history="1">
-            <w:r w:rsidR="00577152" w:rsidRPr="00BA19B8">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Características de la Central</w:t>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722132 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00577152">
+            <w:r w:rsidR="00577152" w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67BFB146" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="67BFB146" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722133" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Información de la empresa valuadora</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722133 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4000A9E3" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="4000A9E3" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722134" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Acreditación de experiencia</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722134 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74825309" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="74825309" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722135" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Instalaciones</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722135 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46B87DD9" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="46B87DD9" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722136" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adicional, para centrales Geotérmicas y Biogás</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722136 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2EC0D828" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="2EC0D828" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722137" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adicional, para centrales que utilizan gas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722137 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="373146B5" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="373146B5" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722138" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Disponibilidad de suministro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722138 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="78724EDD" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="78724EDD" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722139" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Contratos: por cada contrato de combustible completar lo siguiente</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722139 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54486E91" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="54486E91" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722140" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Abastecimiento de combustible</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722140 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79C69B4C" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="79C69B4C" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722141" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adicional para biomasa</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722141 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53409EA8" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="53409EA8" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722142" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adicional para biogás</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722142 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71136A2C" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="71136A2C" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722143" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adicional para Geotérmicas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722143 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10DCFD58" w14:textId="77777777" w:rsidR="00577152" w:rsidRDefault="00577152">
+        <w:p w14:paraId="10DCFD58" w14:textId="77777777" w:rsidR="00577152" w:rsidRPr="004B3B19" w:rsidRDefault="00577152">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="underscore" w:pos="8873"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:kern w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc527722144" w:history="1">
-            <w:r w:rsidRPr="00BA19B8">
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adicional para Gas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc527722144 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B3B19">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08EFC70E" w14:textId="77777777" w:rsidR="00250F98" w:rsidRDefault="00250F98">
-          <w:r>
+        <w:p w14:paraId="08EFC70E" w14:textId="77777777" w:rsidR="00250F98" w:rsidRPr="004B3B19" w:rsidRDefault="00250F98">
+          <w:pPr>
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="004B3B19">
             <w:rPr>
               <w:b/>
               <w:bCs/>
+              <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="71B40C65" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00F239BC">
       <w:pPr>
         <w:sectPr w:rsidR="00F239BC" w:rsidRPr="00C6198E">
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="1"/>
           <w:pgMar w:top="2678" w:right="1512" w:bottom="1913" w:left="1512" w:header="918" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="234C7442" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRDefault="00B92EF8">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc527722132"/>
       <w:r w:rsidRPr="00C6198E">
@@ -1669,99 +1795,117 @@
                           </w:p>
                           <w:p w14:paraId="4ED4FDC8" w14:textId="77777777" w:rsidR="000E53E3" w:rsidRDefault="00241AB9" w:rsidP="000E53E3">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00AB243E">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                                 <w:bCs w:val="0"/>
                               </w:rPr>
                               <w:t>Tipos de combustibles utilizados para la generación de Energía Eléctrica</w:t>
                             </w:r>
                             <w:r w:rsidR="000E53E3" w:rsidRPr="008908E4">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                                 <w:b w:val="0"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidR="000E53E3">
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Tipo de Combustible"/>
                                 <w:tag w:val="Tipo de Combustible"/>
                                 <w:id w:val="448901058"/>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="00FD0835">
                                   <w:t>[Tipos de combustible 1, Tipo de combustible 2]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="5C18C1CA" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="0028445C" w:rsidP="00722398">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00AB243E">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                                 <w:bCs w:val="0"/>
                               </w:rPr>
                               <w:t>Tipo de Tecnología</w:t>
                             </w:r>
                             <w:r w:rsidR="004C55A9" w:rsidRPr="008908E4">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                                 <w:b w:val="0"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidR="004C55A9">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Tipo de Tecnología"/>
                                 <w:tag w:val="Tipo de Tecnología"/>
                                 <w:id w:val="154962263"/>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="00FD0835">
                                   <w:t>[Tipo de Tecnología]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="3CCF3DF2" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="007F467E" w:rsidRDefault="004C55A9" w:rsidP="007F467E">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
@@ -1836,99 +1980,117 @@
                     </w:p>
                     <w:p w14:paraId="4ED4FDC8" w14:textId="77777777" w:rsidR="000E53E3" w:rsidRDefault="00241AB9" w:rsidP="000E53E3">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00AB243E">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                           <w:bCs w:val="0"/>
                         </w:rPr>
                         <w:t>Tipos de combustibles utilizados para la generación de Energía Eléctrica</w:t>
                       </w:r>
                       <w:r w:rsidR="000E53E3" w:rsidRPr="008908E4">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                           <w:b w:val="0"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r w:rsidR="000E53E3">
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Tipo de Combustible"/>
                           <w:tag w:val="Tipo de Combustible"/>
                           <w:id w:val="448901058"/>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="00FD0835">
                             <w:t>[Tipos de combustible 1, Tipo de combustible 2]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="5C18C1CA" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="0028445C" w:rsidP="00722398">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00AB243E">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                           <w:bCs w:val="0"/>
                         </w:rPr>
                         <w:t>Tipo de Tecnología</w:t>
                       </w:r>
                       <w:r w:rsidR="004C55A9" w:rsidRPr="008908E4">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                           <w:b w:val="0"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r w:rsidR="004C55A9">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Tipo de Tecnología"/>
                           <w:tag w:val="Tipo de Tecnología"/>
                           <w:id w:val="154962263"/>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="00FD0835">
                             <w:t>[Tipo de Tecnología]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="3CCF3DF2" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="007F467E" w:rsidRDefault="004C55A9" w:rsidP="007F467E">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CA14E7">
@@ -3047,51 +3209,51 @@
         <w:sdtContent>
           <w:r w:rsidRPr="00834C57">
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>Esquema de las instalacione</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>s de compresión y descompresión</w:t>
           </w:r>
           <w:r w:rsidRPr="00834C57">
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="45162413" w14:textId="77777777" w:rsidR="004E1811" w:rsidRDefault="00824927" w:rsidP="004E1811">
+    <w:p w14:paraId="45162413" w14:textId="77777777" w:rsidR="004E1811" w:rsidRDefault="004B3B19" w:rsidP="004E1811">
       <w:pPr>
         <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Textoennegrita"/>
           </w:rPr>
           <w:id w:val="-348726223"/>
           <w:placeholder>
             <w:docPart w:val="3D6DA66B608F411AA111D7F220BBFA6A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Textoennegrita"/>
           </w:rPr>
         </w:sdtEndPr>
@@ -3112,51 +3274,51 @@
           </w:r>
           <w:r w:rsidR="000467A7">
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> transporte y</w:t>
           </w:r>
           <w:r w:rsidR="004E1811">
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> almacenamiento</w:t>
           </w:r>
           <w:r w:rsidR="004E1811" w:rsidRPr="00834C57">
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7D72B38E" w14:textId="77777777" w:rsidR="004E1811" w:rsidRDefault="00824927" w:rsidP="004E1811">
+    <w:p w14:paraId="7D72B38E" w14:textId="77777777" w:rsidR="004E1811" w:rsidRDefault="004B3B19" w:rsidP="004E1811">
       <w:pPr>
         <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Textoennegrita"/>
           </w:rPr>
           <w:id w:val="1784234672"/>
           <w:placeholder>
             <w:docPart w:val="305B52964B604BF7A071EF8EA2DB7E4B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Textoennegrita"/>
           </w:rPr>
         </w:sdtEndPr>
@@ -3909,1581 +4071,1545 @@
         <w:gridCol w:w="3651"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="877"/>
       </w:tblGrid>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="1BA6FA4B" w14:textId="77777777" w:rsidTr="00E067F2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17985AB6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Biomasa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4ADCA586" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DC6E25F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21E6FE13" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35ADF525" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DA268E7" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A9F454E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B327DA8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B0B51F8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C54A348" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5608FBAA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31AB8200" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="44385E9B" w14:textId="77777777" w:rsidTr="00E067F2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FDCBCE0" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Nombre de la central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0246CEF8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="717EC1A7" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26D82167" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C862F07" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52C70BBD" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="391A3697" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DAD0C08" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32B36C31" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="284A731D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B2ED4CF" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EA6E8A8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="3458C487" w14:textId="77777777" w:rsidTr="000308C7">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41923786" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2168FA01" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="534BC889" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D59173F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DDD9FCE" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A488C76" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C4150A1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40BEE816" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76DA6549" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="336CA4CC" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69FAE293" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58D311A5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="289B63DB" w14:textId="77777777" w:rsidTr="000308C7">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C7843DD" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Período </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CD04070" w14:textId="24515C40" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Existencias</w:t>
             </w:r>
             <w:r w:rsidR="00AD0817">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de biomasa y carbón</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C44E9A6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NOV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AC43A6E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75025F7B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ENE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7715E37F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>FEB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DC57C0B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C34840B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ABR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45BA6FDD" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C625145" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02D491B2" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FE61409" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>AGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="2E78C6E1" w14:textId="77777777" w:rsidTr="000308C7">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C529715" w14:textId="635D3D25" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+          <w:p w14:paraId="6C529715" w14:textId="30519A01" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Zafra 20</w:t>
             </w:r>
-            <w:r w:rsidR="00E936D4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00E936D4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00447AB0">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
-            <w:r w:rsidR="00174DB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00174DB3" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00447AB0">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="377AE841" w14:textId="01DB50EA" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="00AD0817" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomasa </w:t>
             </w:r>
             <w:r w:rsidRPr="005005C9">
@@ -5511,390 +5637,388 @@
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> reales</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="012CE78C" w14:textId="09E3A24D" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32BBA8D9" w14:textId="7CD628E7" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64494F25" w14:textId="3EEC2A51" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B6E1A44" w14:textId="05203DC5" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79F2805C" w14:textId="40EE67F6" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67334BB8" w14:textId="15172774" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35ECCD40" w14:textId="345153E0" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="588AF04F" w14:textId="2F0B7DD6" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6531DB4B" w14:textId="66E73CD4" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44B6A8DC" w14:textId="501572CC" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="7A46E5B6" w14:textId="77777777" w:rsidTr="000308C7">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A728019" w14:textId="31C10F3F" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00E936D4">
+          <w:p w14:paraId="6A728019" w14:textId="529DE2BF" w:rsidR="00E936D4" w:rsidRPr="001B4BD4" w:rsidRDefault="00E936D4" w:rsidP="00E936D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Zafra 202</w:t>
             </w:r>
-            <w:r w:rsidR="00447AB0">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00447AB0">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45A94188" w14:textId="42A675F6" w:rsidR="00E936D4" w:rsidRPr="00AD0817" w:rsidRDefault="00157C20" w:rsidP="00E936D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Biomasa</w:t>
             </w:r>
             <w:r w:rsidR="00E936D4" w:rsidRPr="00AD0817">
@@ -5913,285 +6037,275 @@
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> proyectado</w:t>
             </w:r>
             <w:r w:rsidR="00E936D4" w:rsidRPr="00AD0817">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0943E151" w14:textId="6F6015FD" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C278AEA" w14:textId="36A83E05" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6408E61B" w14:textId="4859C35A" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4470955E" w14:textId="263B347F" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E1EFEC8" w14:textId="07676FDD" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76210B01" w14:textId="30DC1D93" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CB02916" w14:textId="0F364AB1" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D25176B" w14:textId="409780D5" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53004966" w14:textId="3EEA60FC" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4D0CAC9D" w14:textId="7E6D372B" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="32B00111" w14:textId="77777777" w:rsidTr="000308C7">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge/>
@@ -6203,321 +6317,310 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CE77FCA" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00E936D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="281E27D9" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00E936D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Porcentaje de mezcla de Biomasa (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="27EB83E7" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1130071E" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A8DC756" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C252C59" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="292320C9" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43AD7950" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7113D80A" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2153D9A4" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28D13289" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C8C6FF5" w14:textId="61E1D785" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="7B2FE846" w14:textId="77777777" w:rsidTr="000308C7">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge/>
@@ -6529,330 +6632,319 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2525B4C8" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00E936D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32951AB3" w14:textId="77777777" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00E936D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Porcentaje de mezcla de Carbón (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D2E07CA" w14:textId="3015FA3C" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09EDA428" w14:textId="562D9F5F" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CBF48DA" w14:textId="2F47D59B" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515AC77C" w14:textId="71DA69D5" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22A3B64B" w14:textId="631AF801" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D951157" w14:textId="1CA9204C" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AC73C5A" w14:textId="1F48C699" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28632B61" w14:textId="45F79DE5" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F83E42D" w14:textId="47712A84" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01D59E8B" w14:textId="5B78D900" w:rsidR="00E936D4" w:rsidRPr="005005C9" w:rsidRDefault="00E936D4" w:rsidP="00503451">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6426CA30" w14:textId="0C20DE7C" w:rsidR="00653685" w:rsidRDefault="00653685" w:rsidP="00DA6D7B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4516" w:type="pct"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblBorders>
@@ -6862,455 +6954,473 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1988"/>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1698"/>
       </w:tblGrid>
       <w:tr w:rsidR="005005C9" w:rsidRPr="005005C9" w14:paraId="74A97500" w14:textId="77777777" w:rsidTr="00F46998">
         <w:trPr>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B934190" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Período </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B47066F" w14:textId="5FFF4B02" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Fecha </w:t>
             </w:r>
             <w:r w:rsidR="00A609A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>de inicio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0ECE90FE" w14:textId="0F3B3356" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Fecha </w:t>
             </w:r>
             <w:r w:rsidR="00A609A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="962" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="259D0A63" w14:textId="64C5A7BF" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumo promedio a plena carga (TM por </w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>día) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14A42E97" w14:textId="41573902" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Poder calorífico (MMBTU/</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>TM) *</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> por cada combustible empleado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="799C1A4A" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>Eficiencia de la central (MWh/TM)</w:t>
+              <w:t>Eficiencia de la central (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>/TM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005005C9" w:rsidRPr="005005C9" w14:paraId="7D3831E0" w14:textId="77777777" w:rsidTr="00F46998">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23FA8566" w14:textId="005D7CC1" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+          <w:p w14:paraId="23FA8566" w14:textId="6D9A48E0" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Zafra 202</w:t>
             </w:r>
-            <w:r w:rsidR="009F6D19">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="009F6D19">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CDC7265" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="101D6C74" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="962" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53D656DC" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60CF2304" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="057F3C47" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
@@ -7476,1410 +7586,1380 @@
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="65D71D41" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65E1AD4C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Nombre de la central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DC21746" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A03AA07" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="399EA0F7" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1591F614" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B9A28A5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04161172" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DA7EB2C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DF5EFFF" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F04CA87" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65DA5C0E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="050A7C13" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E46A975" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77DFF56C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="4EAC588C" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="088A2B8C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37B540AC" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F7EE3C5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01F4DBE1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29A3FC04" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1307DE8E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FF1A170" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63CB13D6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00C4E3E5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C6771EE" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="478A719B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25352ADA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03B9BFC5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07FEA27D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="56EA6A0D" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44CDC31C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Año estacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24C2D141" w14:textId="1EC0A68D" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Existencias </w:t>
             </w:r>
             <w:r w:rsidR="00AD0817">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>de biogás</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60E27A69" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B7EF924" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0128C29B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13BE76C6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>AGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CDF41D5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BED3452" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>OCT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05FD2F3B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NOV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D09A8D9" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="569F726F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ENE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DF5F1DA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>FEB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F4C16C2" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4511CCCB" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="008256E5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ABR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="24CCD34A" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79F35A8C" w14:textId="39B94603" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+          <w:p w14:paraId="79F35A8C" w14:textId="2C0A7AF9" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="008256E5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="008256E5" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44F20">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
-            <w:r w:rsidR="00B32357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00B32357" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E44F20">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07E5A74C" w14:textId="41C7B22D" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Captación de </w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="005005C9">
@@ -8889,928 +8969,933 @@
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>biogás</w:t>
             </w:r>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> real (Nmᶾ/h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="104FBA98" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DB62498" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FA6D115" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DAFE1C1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F747BC2" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42BCA8BA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AA1CCF2" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C4056E7" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B52A07B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BE349E0" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6996033E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B075ECE" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="732C7F00" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60D2782D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="60D2782D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05593C54" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>Energía bruta producida (MWh)</w:t>
+              <w:t>Energía bruta producida (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B6C1E28" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DCDD4DA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C6B6D63" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30503FAA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11A7284A" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54C155F4" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="180B5EE4" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0743FDDD" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="566EC121" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71F3F184" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36854FB0" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="334EDACB" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00503451" w:rsidRPr="005005C9" w14:paraId="50F297E7" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D111A5D" w14:textId="4B0F9D8C" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+          <w:p w14:paraId="0D111A5D" w14:textId="78EF4354" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00A63DCE">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00A63DCE">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="642D22E5" w14:textId="3A3C5107" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Captación de </w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="005005C9">
@@ -9820,338 +9905,326 @@
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>biogás</w:t>
             </w:r>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> proyectado (Nmᶾ/h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32A0A57A" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57F8FD94" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="062502D1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54E9BC8E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25F36902" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="061027E7" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34D788E8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BAC0AC4" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2225DCEB" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2198E370" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0159FEC8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="748FEFE2" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10172,472 +10245,479 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05BA6664" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AF6CC44" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>Energía bruta proyectada (MWh)</w:t>
+              <w:t>Energía bruta proyectada (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4907208C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31787E84" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="769A57C1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A258419" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C4965A9" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16CDCF2D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7091AF76" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="200531F6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="025A7A05" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6407C883" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19A43A5D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C5FB410" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10651,399 +10731,425 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2200"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A6888" w:rsidRPr="007A6888" w14:paraId="3AAEE0AA" w14:textId="77777777" w:rsidTr="00503451">
         <w:trPr>
           <w:trHeight w:val="915"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CC74874" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Año estacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64337330" w14:textId="061BA7B5" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumo promedio a plena carga (Nmᶾ por </w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>día) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24D6EB9B" w14:textId="4E230BED" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Poder calorífico (MMBTU/</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Nmᶾ) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="641953C0" w14:textId="69852ADA" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>Eficiencia de la central (MWh/</w:t>
+              <w:t>Eficiencia de la central (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A6888">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A6888">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Nmᶾ) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6888" w:rsidRPr="007A6888" w14:paraId="47A5A63D" w14:textId="77777777" w:rsidTr="00503451">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61EDB385" w14:textId="3FBEABB6" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
+          <w:p w14:paraId="61EDB385" w14:textId="66D7DFFB" w:rsidR="007A6888" w:rsidRPr="001B4BD4" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A6888">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00A63DCE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A6888">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00A63DCE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="770CE661" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44EF1B1D" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23EFF563" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
@@ -11212,2979 +11318,2928 @@
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="59601E87" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3372F125" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Geotérmicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B99E265" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="398F213F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42FB3E96" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B9CCC05" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="094BB941" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="390EB97F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04EF1089" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="625A119D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34629691" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45370D0C" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BFC4D10" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4925587F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38C0D961" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="403A08BE" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="577FF509" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Nombre de la central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62E84BDC" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04B31EDA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66B34232" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05FF706E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3388CD88" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22419C45" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A14CFF1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B7A3854" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3ACFB7F2" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DD0990D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="568C7544" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="657BA0F8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52DB402E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="7A960106" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D6E274F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55E6C3B6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10EEF7EF" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3AAA44FF" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3125B4D1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E968906" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40136F84" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44A9E79B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4526F82E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="030BD282" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="779777E0" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08DEC47E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6524C068" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DF63D2F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="3938A46F" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67B231EC" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Año estacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A32168F" w14:textId="6D8FAC14" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Existencias </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E982E0A" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F2AF10E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D6E5B22" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DAB1845" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>AGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47CEDEA4" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66400FAB" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>OCT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42A60802" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NOV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="768E1C59" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44E28A8D" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ENE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41EA25C1" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>FEB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EB7317B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64F229C0" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ABR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="68DA46F6" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D090F90" w14:textId="4FBCE942" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+          <w:p w14:paraId="4D090F90" w14:textId="2C3F406E" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00C76AF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00C76AF8" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F67A04">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
-            <w:r w:rsidR="00B32357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00B32357" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F67A04">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FA6EDF6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Captación de vapor real (mᶾ/h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7203F0B9" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C36DAE0" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F778BFA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2841F666" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05967535" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="781B3709" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="471B4ABB" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D0EC883" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B2F4EF6" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20F5197F" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75DFE6B7" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29A2E28F" w14:textId="7B6A5C9A" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="60CA4F03" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18E1425B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="18E1425B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14BB619F" w14:textId="67953571" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Energía bruta</w:t>
             </w:r>
             <w:r w:rsidR="00FF444C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> real</w:t>
             </w:r>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> producida (MWh)</w:t>
+              <w:t xml:space="preserve"> producida (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="739CCBF4" w14:textId="3A6F8C96" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61493C82" w14:textId="64712E15" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51A34495" w14:textId="6501C26E" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F8ADD8B" w14:textId="0F8CD7E5" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D622066" w14:textId="29432F2E" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0881A91F" w14:textId="1175BA07" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7141C959" w14:textId="6C6E4880" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03D6594A" w14:textId="5DE04BE9" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="512C2C65" w14:textId="00CD1BC4" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26B00798" w14:textId="57AED3D1" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A201115" w14:textId="6900D9CF" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B3C3BAE" w14:textId="60B0BA2E" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="50A66785" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C4606E6" w14:textId="47F41A5B" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
+          <w:p w14:paraId="4C4606E6" w14:textId="54606C25" w:rsidR="005005C9" w:rsidRPr="001B4BD4" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00A357BE">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005005C9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00A357BE">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3583731B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Captación de vapor proyectado (mᶾ/h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0EE3AC93" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F604E1B" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CA13F52" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1106FAA5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53CA34DA" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F5A6FC8" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B7F044E" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72D4E419" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C3F8306" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B926567" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A4913BC" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0086DBAF" w14:textId="76E36AB2" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76AF8" w:rsidRPr="005005C9" w14:paraId="44DB7199" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
@@ -14197,384 +14252,391 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1ADE33D5" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59774181" w14:textId="77777777" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="005005C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005005C9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>Energía bruta proyectada (MWh)</w:t>
+              <w:t>Energía bruta proyectada (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005005C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F18C482" w14:textId="0D8135C3" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0437967B" w14:textId="30F84080" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6394ABB2" w14:textId="3ECF2CFE" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="598BC2A6" w14:textId="2CFDD27C" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61B7453A" w14:textId="20809A18" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EE7A3A0" w14:textId="00A4434B" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="277D1DFF" w14:textId="38B64D0B" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05F4968F" w14:textId="44B66CB3" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1340940A" w14:textId="2574DBD5" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F7BFDEE" w14:textId="0F2234D4" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42C95313" w14:textId="2E515034" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4084E1E9" w14:textId="007EB4A9" w:rsidR="005005C9" w:rsidRPr="005005C9" w:rsidRDefault="005005C9" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FFB7C41" w14:textId="77777777" w:rsidR="005005C9" w:rsidRDefault="005005C9" w:rsidP="003D0196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11052" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblBorders>
@@ -14582,317 +14644,339 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="3113"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A6888" w:rsidRPr="007A6888" w14:paraId="4F5563F4" w14:textId="77777777" w:rsidTr="00C76AF8">
         <w:trPr>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44804724" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Año estacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0836038D" w14:textId="3BE26695" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumo promedio a plena carga (mᶾ por </w:t>
             </w:r>
             <w:r w:rsidR="00CF4DBC" w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>día) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B32F90A" w14:textId="1CDE76E2" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>Eficiencia de la central (MWh/</w:t>
+              <w:t>Eficiencia de la central (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A6888">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A6888">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>mᶾ) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D88ACAF" w14:textId="2CCD6AE8" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Cantidad de vapor mínima requerida para generar (mᶾ/</w:t>
             </w:r>
             <w:r w:rsidR="00A266AA" w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>h) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6888" w:rsidRPr="007A6888" w14:paraId="013FFC7B" w14:textId="77777777" w:rsidTr="00C76AF8">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19E87231" w14:textId="1097E6B0" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
+          <w:p w14:paraId="19E87231" w14:textId="3A084195" w:rsidR="007A6888" w:rsidRPr="001B4BD4" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A6888">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00A357BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A6888">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00A357BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05718085" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E5C2310" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FBA1838" w14:textId="77777777" w:rsidR="007A6888" w:rsidRPr="007A6888" w:rsidRDefault="007A6888" w:rsidP="007A6888">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6888">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
@@ -15013,2569 +15097,2549 @@
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="794"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C715CA" w:rsidRPr="0074320B" w14:paraId="4684E979" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F0F047A" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Gas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E2B7F3B" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25BCDC24" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59562585" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58EA545A" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30B2F642" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C9E1B97" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="389552FD" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="539D734C" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A5D1E13" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41579538" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="580468C6" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C344F31" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DCEEDC8" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C715CA" w:rsidRPr="0074320B" w14:paraId="55FDB67F" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73FD9C4C" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Nombre de la central</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63620B8A" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="436197C2" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1207B32A" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C7102E3" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="268893E3" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="609E21A3" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D7D5091" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B88A929" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04CE659C" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D1CD1BB" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55A6FEC0" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0287E37F" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="322F2726" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C715CA" w:rsidRPr="0074320B" w14:paraId="5258E535" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="014F00E1" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4EE169F1" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38AA10DA" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F555961" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3852C471" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A46F399" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EFC1889" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58462572" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="161772FD" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CA30EF5" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36818593" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21EE3790" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AD65D03" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CBB23CB" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C715CA" w:rsidRPr="0074320B" w14:paraId="7B3DC1FE" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="375E0084" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Año estacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C468EC3" w14:textId="3BC960A5" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Existencias </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29DF9B45" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02546409" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A8E690F" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>JUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="446162B5" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>AGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="671486B4" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>SEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19809623" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>OCT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="750C8205" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NOV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BE4FAB1" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A724254" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ENE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C6744E4" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>FEB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10CAB766" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BEA6BFE" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ABR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C715CA" w:rsidRPr="0074320B" w14:paraId="4CD4722B" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B481B7F" w14:textId="53FF614C" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
+          <w:p w14:paraId="0B481B7F" w14:textId="2381E98B" w:rsidR="0074320B" w:rsidRPr="001B4BD4" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00C76AF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00C76AF8" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00824927">
-[...6 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="0074320B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F42">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="004C7F42" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00824927">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6853921A" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>Energía bruta producida (MWh)</w:t>
+              <w:t>Energía bruta producida (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0074320B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0074320B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6918EDC6" w14:textId="17E55BBD" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C66A835" w14:textId="54FD18CF" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="094FECF2" w14:textId="0CAD968E" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A41C4C6" w14:textId="7A757D2E" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2826B700" w14:textId="08504560" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70473105" w14:textId="0A822A80" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76308B98" w14:textId="3EA533F0" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F682CF2" w14:textId="62C643F2" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A911AF4" w14:textId="6B2978DF" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BC3D0B7" w14:textId="310EFAAC" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="322AE0A9" w14:textId="26B37579" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31F9879D" w14:textId="4DAE6664" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C715CA" w:rsidRPr="0074320B" w14:paraId="63452127" w14:textId="77777777" w:rsidTr="002133B2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D2CB730" w14:textId="26AF059E" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
+          <w:p w14:paraId="0D2CB730" w14:textId="787C5042" w:rsidR="0074320B" w:rsidRPr="001B4BD4" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00824927">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="0074320B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00824927">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="077C5E91" w14:textId="77777777" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="0074320B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074320B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>Energía bruta proyectada (MWh)</w:t>
+              <w:t>Energía bruta proyectada (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0074320B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0074320B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4944A802" w14:textId="369AF673" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69EE2B91" w14:textId="71ED77BC" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="710A4785" w14:textId="3E175EF5" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32669E19" w14:textId="21A2B9FE" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25CBE466" w14:textId="7AC608B5" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A05E331" w14:textId="1A48F3E1" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EE982E0" w14:textId="7BC0B668" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F4EAE6F" w14:textId="2B22B269" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="588690E5" w14:textId="6D233F15" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D71805A" w14:textId="7C37F9C4" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4655CA65" w14:textId="0A75DF33" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64426C64" w14:textId="670058E7" w:rsidR="0074320B" w:rsidRPr="0074320B" w:rsidRDefault="0074320B" w:rsidP="002133B2">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A370EE1" w14:textId="56209643" w:rsidR="00575B5E" w:rsidRDefault="00575B5E" w:rsidP="00D74E55">
       <w:pPr>
         <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -17586,191 +17650,211 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="2850"/>
         <w:gridCol w:w="1760"/>
       </w:tblGrid>
       <w:tr w:rsidR="00127A78" w:rsidRPr="00127A78" w14:paraId="469873A2" w14:textId="77777777" w:rsidTr="00C715CA">
         <w:trPr>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3942131A" w14:textId="77777777" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>Año estacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36E3A683" w14:textId="2A691CEF" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumo promedio a plena carga (mᶾ por </w:t>
             </w:r>
             <w:r w:rsidR="00C95C87" w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>día) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5677AFCD" w14:textId="07509B94" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>Eficiencia de la central (MWh/</w:t>
+              <w:t>Eficiencia de la central (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00127A78">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
+              </w:rPr>
+              <w:t>MWh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00127A78">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00C95C87" w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>mᶾ) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48A03EDD" w14:textId="1BD774B0" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
@@ -17781,204 +17865,210 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>h) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00127A78" w:rsidRPr="00127A78" w14:paraId="76FBA1BA" w14:textId="77777777" w:rsidTr="00C715CA">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6198F567" w14:textId="027797E4" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
+          <w:p w14:paraId="6198F567" w14:textId="2C716C1F" w:rsidR="00127A78" w:rsidRPr="001B4BD4" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00127A78">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00824927">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00127A78">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00824927">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="001B4BD4" w:rsidRPr="001B4BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="440B4B4E" w14:textId="77777777" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0054D5D8" w14:textId="77777777" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="519C5F2A" w14:textId="77777777" w:rsidR="00127A78" w:rsidRPr="00127A78" w:rsidRDefault="00127A78" w:rsidP="00127A78">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127A78">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
@@ -18157,51 +18247,51 @@
         <w:placeholder>
           <w:docPart w:val="CC9211EE584E48FA8E372776CCB5706C"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="5E1F2C61" w14:textId="6769A2EC" w:rsidR="00842401" w:rsidRDefault="00842401" w:rsidP="00D74E55">
           <w:pPr>
             <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
             <w:ind w:firstLine="720"/>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t>Copia de la licencia de transporte</w:t>
           </w:r>
           <w:r w:rsidRPr="00FF0AD0">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="7557D075" w14:textId="77777777" w:rsidR="00D74E55" w:rsidRDefault="00824927" w:rsidP="00D74E55">
+    <w:p w14:paraId="7557D075" w14:textId="77777777" w:rsidR="00D74E55" w:rsidRDefault="004B3B19" w:rsidP="00D74E55">
       <w:pPr>
         <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-638642549"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D74E55">
             <w:t>Condiciones mínimas para mantener vigente el contrato durante el año estacional</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1219273383"/>
         <w:placeholder>
@@ -18307,76 +18397,76 @@
       <w:sdtContent>
         <w:p w14:paraId="459FF1B0" w14:textId="77777777" w:rsidR="00D74E55" w:rsidRDefault="00D74E55" w:rsidP="00D74E55">
           <w:pPr>
             <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="720"/>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t>Tiempo de entrega desde la recepción del gas hasta la descompresión total del gas en planta</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr w:rsidR="00D74E55" w:rsidSect="00653685">
       <w:pgSz w:w="16839" w:h="11907" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1514" w:right="2676" w:bottom="1514" w:left="1911" w:header="919" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2932DF35" w14:textId="77777777" w:rsidR="00F5684C" w:rsidRDefault="00F5684C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4EDBB155" w14:textId="77777777" w:rsidR="00F5684C" w:rsidRDefault="00F5684C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -18419,51 +18509,51 @@
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HGMinchoB">
     <w:altName w:val="HG明朝B"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35679F20" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00944C47" w:rsidRDefault="004C55A9" w:rsidP="00B92EF8">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B1C0CD" w:themeColor="accent1" w:themeTint="99"/>
       </w:pBdr>
     </w:pPr>
     <w:r w:rsidRPr="00944C47">
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r w:rsidRPr="00944C47">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00944C47">
       <w:instrText>page</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00944C47">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001217AD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
@@ -18499,102 +18589,102 @@
           <w:docPart w:val="586D441018EA4C348C4F8DA5BF458115"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:date>
           <w:dateFormat w:val="dddd, dd' de 'MMMM' de 'yyyy"/>
           <w:lid w:val="es-GT"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="00051F43">
           <w:rPr>
             <w:rStyle w:val="Textodelmarcadordeposicin"/>
           </w:rPr>
           <w:t>Haga clic aquí para escribir una fecha.</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6EA04293" w14:textId="77777777" w:rsidR="00F5684C" w:rsidRDefault="00F5684C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="14728943" w14:textId="77777777" w:rsidR="00F5684C" w:rsidRDefault="00F5684C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09954640" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9">
     <w:pPr>
       <w:pStyle w:val="Sombreadodelencabezado"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5032"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>Tabla de contenido</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35AC8E6B" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00B92EF8" w:rsidRDefault="004C55A9" w:rsidP="00B92EF8">
     <w:pPr>
       <w:pStyle w:val="Sombreadodelencabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1BB440C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="98AC7B0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -19655,132 +19745,135 @@
   <w:num w:numId="22" w16cid:durableId="1984195139">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="788933891">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="685014360">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1002513756">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1489400975">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE060D"/>
     <w:rsid w:val="00012371"/>
     <w:rsid w:val="000308C7"/>
     <w:rsid w:val="0003220C"/>
     <w:rsid w:val="000467A7"/>
     <w:rsid w:val="0005268B"/>
     <w:rsid w:val="00053FB6"/>
     <w:rsid w:val="00055A6E"/>
     <w:rsid w:val="00060EBB"/>
     <w:rsid w:val="00087A9C"/>
     <w:rsid w:val="000E53E3"/>
     <w:rsid w:val="000F225B"/>
     <w:rsid w:val="001217AD"/>
     <w:rsid w:val="001261A7"/>
     <w:rsid w:val="00127A78"/>
     <w:rsid w:val="0015069D"/>
     <w:rsid w:val="00157C20"/>
     <w:rsid w:val="00161F0D"/>
     <w:rsid w:val="00173A45"/>
     <w:rsid w:val="00174CE1"/>
     <w:rsid w:val="00174DB3"/>
     <w:rsid w:val="001B0652"/>
+    <w:rsid w:val="001B4BD4"/>
     <w:rsid w:val="001E6167"/>
     <w:rsid w:val="00201A41"/>
     <w:rsid w:val="00202CF1"/>
     <w:rsid w:val="002133B2"/>
     <w:rsid w:val="002201CA"/>
     <w:rsid w:val="0022328F"/>
     <w:rsid w:val="00241AB9"/>
     <w:rsid w:val="00250F98"/>
     <w:rsid w:val="00251E5E"/>
     <w:rsid w:val="0027175B"/>
     <w:rsid w:val="002763DB"/>
     <w:rsid w:val="0028445C"/>
     <w:rsid w:val="002D1189"/>
     <w:rsid w:val="002E3304"/>
     <w:rsid w:val="002E618F"/>
     <w:rsid w:val="00300F75"/>
     <w:rsid w:val="00305985"/>
     <w:rsid w:val="0032583F"/>
     <w:rsid w:val="0037344F"/>
     <w:rsid w:val="003802F0"/>
     <w:rsid w:val="003814DD"/>
     <w:rsid w:val="003941F5"/>
     <w:rsid w:val="003B68B1"/>
     <w:rsid w:val="003C1A44"/>
     <w:rsid w:val="003C2191"/>
     <w:rsid w:val="003D0196"/>
     <w:rsid w:val="003D4C94"/>
     <w:rsid w:val="003E35E4"/>
     <w:rsid w:val="00432239"/>
     <w:rsid w:val="004418D0"/>
     <w:rsid w:val="00447AB0"/>
     <w:rsid w:val="004532D1"/>
     <w:rsid w:val="00490791"/>
     <w:rsid w:val="004968D2"/>
+    <w:rsid w:val="004B3B19"/>
     <w:rsid w:val="004C55A9"/>
     <w:rsid w:val="004C7F42"/>
     <w:rsid w:val="004E1811"/>
     <w:rsid w:val="005005C9"/>
     <w:rsid w:val="00503451"/>
     <w:rsid w:val="00511C72"/>
     <w:rsid w:val="00512F9A"/>
     <w:rsid w:val="00523334"/>
     <w:rsid w:val="00533BCE"/>
     <w:rsid w:val="0053699F"/>
     <w:rsid w:val="00563AC8"/>
     <w:rsid w:val="00575B5E"/>
     <w:rsid w:val="00577152"/>
     <w:rsid w:val="00600BD3"/>
     <w:rsid w:val="00622072"/>
     <w:rsid w:val="00631224"/>
     <w:rsid w:val="00640AAA"/>
     <w:rsid w:val="00640C09"/>
     <w:rsid w:val="00653685"/>
     <w:rsid w:val="00660C44"/>
     <w:rsid w:val="00672BBC"/>
     <w:rsid w:val="00682BF7"/>
     <w:rsid w:val="00696D36"/>
     <w:rsid w:val="006A4244"/>
     <w:rsid w:val="006C4F2D"/>
@@ -19792,78 +19885,80 @@
     <w:rsid w:val="0073474D"/>
     <w:rsid w:val="007402BB"/>
     <w:rsid w:val="0074320B"/>
     <w:rsid w:val="0076405F"/>
     <w:rsid w:val="00765F90"/>
     <w:rsid w:val="00782D8B"/>
     <w:rsid w:val="007A6888"/>
     <w:rsid w:val="007B4285"/>
     <w:rsid w:val="007F467E"/>
     <w:rsid w:val="007F5B8D"/>
     <w:rsid w:val="00804D42"/>
     <w:rsid w:val="00824927"/>
     <w:rsid w:val="008256E5"/>
     <w:rsid w:val="008340A8"/>
     <w:rsid w:val="00834B24"/>
     <w:rsid w:val="00834C57"/>
     <w:rsid w:val="00842401"/>
     <w:rsid w:val="00852582"/>
     <w:rsid w:val="00860907"/>
     <w:rsid w:val="0087719A"/>
     <w:rsid w:val="0088220C"/>
     <w:rsid w:val="008848ED"/>
     <w:rsid w:val="008908E4"/>
     <w:rsid w:val="00891B67"/>
     <w:rsid w:val="00894876"/>
+    <w:rsid w:val="008A4168"/>
     <w:rsid w:val="008E6AF6"/>
     <w:rsid w:val="008F362E"/>
     <w:rsid w:val="00904DE5"/>
     <w:rsid w:val="0091449C"/>
     <w:rsid w:val="00944C47"/>
     <w:rsid w:val="00951AF2"/>
     <w:rsid w:val="009A186A"/>
     <w:rsid w:val="009B0812"/>
     <w:rsid w:val="009B1FB6"/>
     <w:rsid w:val="009B5814"/>
     <w:rsid w:val="009F6D19"/>
     <w:rsid w:val="00A266AA"/>
     <w:rsid w:val="00A33E56"/>
     <w:rsid w:val="00A357BE"/>
     <w:rsid w:val="00A37B11"/>
     <w:rsid w:val="00A55C99"/>
     <w:rsid w:val="00A609A6"/>
     <w:rsid w:val="00A63DCE"/>
     <w:rsid w:val="00A76945"/>
     <w:rsid w:val="00A83EC1"/>
     <w:rsid w:val="00A911D0"/>
     <w:rsid w:val="00A95D10"/>
     <w:rsid w:val="00AB1D20"/>
     <w:rsid w:val="00AB243E"/>
     <w:rsid w:val="00AB731E"/>
     <w:rsid w:val="00AD0817"/>
     <w:rsid w:val="00AD4943"/>
     <w:rsid w:val="00AE060D"/>
+    <w:rsid w:val="00AE76F5"/>
     <w:rsid w:val="00B32357"/>
     <w:rsid w:val="00B43BB8"/>
     <w:rsid w:val="00B819D5"/>
     <w:rsid w:val="00B92EF8"/>
     <w:rsid w:val="00BB3CB4"/>
     <w:rsid w:val="00BC1801"/>
     <w:rsid w:val="00BE2A6D"/>
     <w:rsid w:val="00BF08A3"/>
     <w:rsid w:val="00C200D1"/>
     <w:rsid w:val="00C51CBB"/>
     <w:rsid w:val="00C6198E"/>
     <w:rsid w:val="00C64499"/>
     <w:rsid w:val="00C649ED"/>
     <w:rsid w:val="00C715CA"/>
     <w:rsid w:val="00C76AF8"/>
     <w:rsid w:val="00C95C87"/>
     <w:rsid w:val="00CA14E7"/>
     <w:rsid w:val="00CB587A"/>
     <w:rsid w:val="00CC786F"/>
     <w:rsid w:val="00CD42CF"/>
     <w:rsid w:val="00CE45D4"/>
     <w:rsid w:val="00CF4DBC"/>
     <w:rsid w:val="00CF5656"/>
     <w:rsid w:val="00D018E0"/>
     <w:rsid w:val="00D27473"/>
@@ -19911,51 +20006,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3AD2C1B8"/>
   <w15:docId w15:val="{98B835C1-1B17-4A3E-9BD7-DFA6BFB0E449}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:lang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="40" w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -35570,51 +35665,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="2" w:color="7E97AD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="2" w:space="6" w:color="7E97AD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="2" w:space="2" w:color="7E97AD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="2" w:space="6" w:color="7E97AD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="7E97AD" w:themeFill="accent1"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-360" w:right="-360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="523060029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="557135960">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -35852,51 +35947,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\emansilla\AppData\Roaming\Microsoft\Templates\Informe%20anual.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5954C702-CBB2-4BC6-A32A-BC4D7D17A704}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007F52D5" w:rsidRDefault="00F47172" w:rsidP="00F47172">
           <w:pPr>
             <w:pStyle w:val="071BC29470CF4B53BE2FEAE0334EB6A748"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
@@ -37154,51 +37249,51 @@
         </w:behaviors>
         <w:guid w:val="{CF97B100-51F0-4431-8FC1-0551E81799AA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DD09DE" w:rsidRDefault="00F47172" w:rsidP="00F47172">
           <w:pPr>
             <w:pStyle w:val="CC9211EE584E48FA8E372776CCB5706C1"/>
           </w:pPr>
           <w:r>
             <w:t>Copia de la licencia de transporte</w:t>
           </w:r>
           <w:r w:rsidRPr="00FF0AD0">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -37253,145 +37348,147 @@
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E63AF57E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listaconvietas"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:hint="default"/>
         <w:color w:val="156082" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="485124247">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB33C6"/>
     <w:rsid w:val="00131D06"/>
     <w:rsid w:val="00225703"/>
     <w:rsid w:val="002A50EB"/>
     <w:rsid w:val="002D1189"/>
     <w:rsid w:val="004619D8"/>
     <w:rsid w:val="00484E3B"/>
     <w:rsid w:val="004C29C3"/>
     <w:rsid w:val="00511C72"/>
     <w:rsid w:val="0079376C"/>
     <w:rsid w:val="00793958"/>
     <w:rsid w:val="007F52D5"/>
     <w:rsid w:val="008135AC"/>
+    <w:rsid w:val="008A4168"/>
     <w:rsid w:val="009C52D0"/>
     <w:rsid w:val="00A2096F"/>
     <w:rsid w:val="00A33620"/>
     <w:rsid w:val="00A42D01"/>
     <w:rsid w:val="00AD4D18"/>
+    <w:rsid w:val="00AE76F5"/>
     <w:rsid w:val="00B45474"/>
     <w:rsid w:val="00B53042"/>
     <w:rsid w:val="00B75FFF"/>
     <w:rsid w:val="00C77B41"/>
     <w:rsid w:val="00CE7632"/>
     <w:rsid w:val="00DD09DE"/>
     <w:rsid w:val="00EF26FA"/>
     <w:rsid w:val="00EF697A"/>
     <w:rsid w:val="00F47172"/>
     <w:rsid w:val="00F55F5F"/>
     <w:rsid w:val="00FB33C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-GT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-GT" w:eastAsia="es-GT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -38489,51 +38586,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="586D441018EA4C348C4F8DA5BF45811526">
     <w:name w:val="586D441018EA4C348C4F8DA5BF45811526"/>
     <w:rsid w:val="00F47172"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="6" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="2" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
       </w:pBdr>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-360" w:right="-360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Annual Report">
   <a:themeElements>
     <a:clrScheme name="word_design_set">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F2123"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DC9E1F"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="7E97AD"/>
       </a:accent1>
       <a:accent2>
@@ -39016,101 +39113,101 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B15F1A4-4E49-48FD-8B17-63F21DDB8C28}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Informe anual</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>1167</Words>
-  <Characters>6422</Characters>
+  <Words>1137</Words>
+  <Characters>6452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>716</Lines>
+  <Paragraphs>271</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Encabezados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
       <vt:lpstr>InformeTiempos de viaje de agua</vt:lpstr>
       <vt:lpstr>Para nuestros accionistas</vt:lpstr>
       <vt:lpstr>    Elementos estratégicos destacados</vt:lpstr>
       <vt:lpstr>    Elementos financieros destacados</vt:lpstr>
       <vt:lpstr>    Aspectos operativos destacados</vt:lpstr>
       <vt:lpstr>    Perspectivas</vt:lpstr>
       <vt:lpstr>Resumen financiero</vt:lpstr>
       <vt:lpstr>Informes financieros</vt:lpstr>
       <vt:lpstr>    Informe de posición financiera</vt:lpstr>
       <vt:lpstr>    Informe de ingresos globales (beneficios y pérdidas)</vt:lpstr>
       <vt:lpstr>    Informe de cambios en participaciones</vt:lpstr>
       <vt:lpstr>    Informe de flujos de efectivo</vt:lpstr>
       <vt:lpstr>Notas de informes financieros</vt:lpstr>
       <vt:lpstr>    Cuentas</vt:lpstr>
       <vt:lpstr>    Deuda</vt:lpstr>
       <vt:lpstr>    Continuidad de la explotación</vt:lpstr>
       <vt:lpstr>    Pasivo contingente</vt:lpstr>
       <vt:lpstr>    Conclusiones</vt:lpstr>
       <vt:lpstr>Informe de auditor independiente</vt:lpstr>
       <vt:lpstr>Información de contacto</vt:lpstr>
       <vt:lpstr>Información de la compañía</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7574</CharactersWithSpaces>
+  <CharactersWithSpaces>7318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>InformeTiempos de viaje de agua</dc:title>
   <dc:creator>Elsa Maribel Mansilla Afre</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC028350639991</vt:lpwstr>
   </property>
 </Properties>