--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1724750495"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Cover Pages"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="49890B3F" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00A33E56">
           <w:r w:rsidRPr="00C6198E">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B0997F4" wp14:editId="5A172D94">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="page">
                       <wp:posOffset>798195</wp:posOffset>
                     </wp:positionH>
@@ -71,51 +71,51 @@
                     <wp:extent cx="5791200" cy="6210300"/>
                     <wp:effectExtent l="0" t="0" r="12700" b="11430"/>
                     <wp:wrapTopAndBottom/>
                     <wp:docPr id="6" name="Cuadro de texto 6" descr="Title, Subtitle, and Abstract"/>
                     <wp:cNvGraphicFramePr/>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                         <wps:wsp>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="5791200" cy="6210300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350">
                               <a:noFill/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="748DB425" w14:textId="1632C5A7" w:rsidR="004C55A9" w:rsidRPr="00AE060D" w:rsidRDefault="002E10DD">
+                              <w:p w14:paraId="748DB425" w14:textId="1632C5A7" w:rsidR="004C55A9" w:rsidRPr="00AE060D" w:rsidRDefault="00FC583C">
                                 <w:pPr>
                                   <w:pStyle w:val="Ttulo"/>
                                   <w:rPr>
                                     <w:sz w:val="52"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:sz w:val="52"/>
                                     </w:rPr>
                                     <w:alias w:val="Título"/>
                                     <w:tag w:val=""/>
                                     <w:id w:val="701364701"/>
                                     <w:placeholder>
                                       <w:docPart w:val="8F80F33FE8F54801A6E35D11E080175D"/>
                                     </w:placeholder>
                                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                                     <w:text/>
                                   </w:sdtPr>
                                   <w:sdtEndPr/>
                                   <w:sdtContent>
                                     <w:r w:rsidR="0058291D">
                                       <w:rPr>
                                         <w:sz w:val="52"/>
@@ -133,154 +133,162 @@
                                         <w:sz w:val="52"/>
                                       </w:rPr>
                                       <w:t>Tiempos de viaje de</w:t>
                                     </w:r>
                                     <w:r w:rsidR="0021744F">
                                       <w:rPr>
                                         <w:sz w:val="52"/>
                                       </w:rPr>
                                       <w:t>L</w:t>
                                     </w:r>
                                     <w:r w:rsidR="0058291D">
                                       <w:rPr>
                                         <w:sz w:val="52"/>
                                       </w:rPr>
                                       <w:t xml:space="preserve"> agua</w:t>
                                     </w:r>
                                   </w:sdtContent>
                                 </w:sdt>
                                 <w:r w:rsidR="004C55A9" w:rsidRPr="00AE060D">
                                   <w:rPr>
                                     <w:sz w:val="52"/>
                                   </w:rPr>
                                   <w:t>]</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w14:paraId="7B44D51E" w14:textId="5F6979E4" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="002E10DD">
+                              <w:p w14:paraId="7B44D51E" w14:textId="5F6979E4" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="00FC583C">
                                 <w:pPr>
                                   <w:pStyle w:val="Subttulo"/>
                                 </w:pPr>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:alias w:val="Fecha"/>
                                     <w:tag w:val="Fecha"/>
                                     <w:id w:val="1417830956"/>
                                     <w:placeholder>
                                       <w:docPart w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
                                     </w:placeholder>
                                     <w:showingPlcHdr/>
                                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                                     <w:date>
                                       <w:dateFormat w:val="yyyy"/>
                                       <w:lid w:val="es-ES"/>
                                       <w:storeMappedDataAs w:val="dateTime"/>
                                       <w:calendar w:val="gregorian"/>
                                     </w:date>
                                   </w:sdtPr>
                                   <w:sdtEndPr/>
                                   <w:sdtContent>
                                     <w:r w:rsidR="004C55A9">
                                       <w:rPr>
                                         <w:caps w:val="0"/>
                                       </w:rPr>
                                       <w:t>[Año</w:t>
                                     </w:r>
                                     <w:r w:rsidR="0074050E">
                                       <w:rPr>
                                         <w:caps w:val="0"/>
                                       </w:rPr>
                                       <w:t xml:space="preserve"> estacional</w:t>
                                     </w:r>
                                     <w:r w:rsidR="004C55A9">
                                       <w:rPr>
                                         <w:caps w:val="0"/>
                                       </w:rPr>
                                       <w:t>]</w:t>
                                     </w:r>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:p>
                               <w:sdt>
                                 <w:sdtPr>
+                                  <w:rPr>
+                                    <w:rStyle w:val="Estilo1"/>
+                                  </w:rPr>
                                   <w:alias w:val="Descripción breve"/>
                                   <w:tag w:val="Descripción breve"/>
                                   <w:id w:val="106622669"/>
                                   <w:placeholder>
                                     <w:docPart w:val="1792672066EF4FCA99C2EC4D4981E53D"/>
                                   </w:placeholder>
                                   <w:showingPlcHdr/>
                                   <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps'" w:xpath="/ns0:CoverPageProperties[1]/ns0:Abstract[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                                   <w:text/>
                                 </w:sdtPr>
-                                <w:sdtEndPr/>
+                                <w:sdtEndPr>
+                                  <w:rPr>
+                                    <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                  </w:rPr>
+                                </w:sdtEndPr>
                                 <w:sdtContent>
                                   <w:p w14:paraId="1AB0CC79" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004C55A9">
                                     <w:pPr>
                                       <w:pStyle w:val="Descripcinbreve"/>
                                     </w:pPr>
                                     <w:r>
                                       <w:t>[</w:t>
                                     </w:r>
                                     <w:r w:rsidR="00C71FC0">
                                       <w:t>D</w:t>
                                     </w:r>
                                     <w:r>
                                       <w:t>escripción breve de las características de la central.]</w:t>
                                     </w:r>
                                   </w:p>
                                 </w:sdtContent>
                               </w:sdt>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="margin">
                       <wp14:pctWidth>100000</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="margin">
                       <wp14:pctHeight>85000</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback>
                 <w:pict>
                   <v:shapetype w14:anchorId="1B0997F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
-                  <v:shape id="Cuadro de texto 6" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Title, Subtitle, and Abstract" style="position:absolute;margin-left:62.85pt;margin-top:-108.4pt;width:456pt;height:489pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:850;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:1000;mso-height-percent:850;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPpzc5RgIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8btkEBKURG5SCqCoh&#10;QEoqzl6vl6zk9bj2hF366/vszYaK9lT14ow9s28+3ptcXA6dFc8mxJZcKedHMymM01S37qmU3zc3&#10;H8+liKxcrSw5U8oXE+Xl8v27i94vzDFtydYmCIC4uOh9KbfMflEUUW9Np+IReePgbCh0inENT0Ud&#10;VA/0zhbHs9lZ0VOofSBtYsTr9eiUy4zfNEbzfdNEw8KWErVxPkM+q3QWywu1eArKb1u9L0P9QxWd&#10;ah2SHqCuFSuxC+0fUF2rA0Vq+EhTV1DTtNrkHtDNfPamm/VWeZN7wXCiP4wp/j9Yfff8EERbl/JM&#10;Cqc6UHS1U3UgURvBZmAScNQmagxt07I1H8R6V/FogVexqiIHpTmNsvdxAcS1ByYPX2iAJKb3iMc0&#10;oaEJXfpF7wJ+kPJyIAL5hMbj6afPc7ArhYbv7Hg+O8EF+MXr5z5E/mqoE8koZQDTmQD1fBt5DJ1C&#10;UjZHN621mW3rRA/Uk9NZ/uDgAbh1KdZk3exhUktj6cnioRr2fVZUv6DNQKOmotc3LUq5VZEfVICI&#10;UD4Wg+9xNJaQkvaWFFsKP//2nuLBLbxS9BBlKeOPnQpGCvvNgfWk4MkIk1FNhtt1VwSdz7FyXmcT&#10;HwS2k9kE6h6xL6uUBS7lNHKVsprMKx5XA/umzWqVg6BTr/jWrb1O0GlAabCb4VEFv59+EsodTXJV&#10;izckjLEjDasdU9NmhtJAxymC2XSBxjPH+31MS/T7PUe9/mssfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AK8hmA3hAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxaJ0EkURqnoqAK&#10;ri1IiJsTu3GEfyLbTQJPz/ZEjzP7aXam3i5Gk0n6MDjLIF0nQKTtnBhsz+Djfb8qgYTIreDaWcng&#10;RwbYNrc3Na+Em+1BTsfYEwyxoeIMVIxjRWnolDQ8rN0oLd5OzhseUfqeCs9nDDeaZkmSU8MHix8U&#10;H+Wzkt338Www5at8m3a7Mhza+eV3+VR6evV7xu7vlqcNkCiX+A/DpT5WhwY7te5sRSAadfZYIMpg&#10;laU5jrggyUOBXsugyNMMaFPT6xXNHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPpzc5&#10;RgIAAH0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCv&#10;IZgN4QAAAA0BAAAPAAAAAAAAAAAAAAAAAKAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                  <v:shape id="Cuadro de texto 6" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Title, Subtitle, and Abstract" style="position:absolute;margin-left:62.85pt;margin-top:-108.4pt;width:456pt;height:489pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:850;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:1000;mso-height-percent:850;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6NR4HEwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZStNuMOEXWIsOA&#10;oi2QDj0rshQbkEWNUmJnXz9KtpOh22nYRaZE+ol872l527eGHRX6BmzJ57OcM2UlVI3dl/z7y+bD&#10;J858ELYSBqwq+Ul5frt6/27ZuUItoAZTKWQEYn3RuZLXIbgiy7ysVSv8DJyylNSArQi0xX1WoegI&#10;vTXZIs9vsg6wcghSeU+n90OSrxK+1kqGJ629CsyUnHoLacW07uKarZai2KNwdSPHNsQ/dNGKxtKl&#10;Z6h7EQQ7YPMHVNtIBA86zCS0GWjdSJVmoGnm+ZtptrVwKs1C5Hh3psn/P1j5eNy6Z2Sh/wI9CRgJ&#10;6ZwvPB3GeXqNbfxSp4zyROHpTJvqA5N0eP3x85y04ExS7mYxz69oQzjZ5XeHPnxV0LIYlBxJl0SX&#10;OD74MJROJfE2C5vGmKSNsawj1KvrPP1wzhC4sbFWJZVHmEvrMQr9rh/n2UF1ojERBgd4JzcNtfIg&#10;fHgWSJJT+2Tj8ESLNkBXwhhxVgP+/Nt5rCclKMtZRxYquf9xEKg4M98saRT9NgU4BbspsIf2DsiV&#10;c3ogTqaQfsBgplAjtK/k7nW8hVLCSrqr5LspvAuDkel1SLVepyJylRPhwW6djNCRoEjsS/8q0I3s&#10;BxLuESZzieKNCEPtIMP6EEA3SaFI6MAiKRs35Mik8fh6ouV/36eqyxtf/QIAAP//AwBQSwMEFAAG&#10;AAgAAAAhAK8hmA3hAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxaJ0Ek&#10;URqnoqAKri1IiJsTu3GEfyLbTQJPz/ZEjzP7aXam3i5Gk0n6MDjLIF0nQKTtnBhsz+Djfb8qgYTI&#10;reDaWcngRwbYNrc3Na+Em+1BTsfYEwyxoeIMVIxjRWnolDQ8rN0oLd5OzhseUfqeCs9nDDeaZkmS&#10;U8MHix8UH+Wzkt338Www5at8m3a7Mhza+eV3+VR6evV7xu7vlqcNkCiX+A/DpT5WhwY7te5sRSAa&#10;dfZYIMpglaU5jrggyUOBXsugyNMMaFPT6xXNHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQB6NR4HEwIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCvIZgN4QAAAA0BAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w14:paraId="748DB425" w14:textId="1632C5A7" w:rsidR="004C55A9" w:rsidRPr="00AE060D" w:rsidRDefault="002E10DD">
+                        <w:p w14:paraId="748DB425" w14:textId="1632C5A7" w:rsidR="004C55A9" w:rsidRPr="00AE060D" w:rsidRDefault="00FC583C">
                           <w:pPr>
                             <w:pStyle w:val="Ttulo"/>
                             <w:rPr>
                               <w:sz w:val="52"/>
                             </w:rPr>
                           </w:pPr>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:sz w:val="52"/>
                               </w:rPr>
                               <w:alias w:val="Título"/>
                               <w:tag w:val=""/>
                               <w:id w:val="701364701"/>
                               <w:placeholder>
                                 <w:docPart w:val="8F80F33FE8F54801A6E35D11E080175D"/>
                               </w:placeholder>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                               <w:text/>
                             </w:sdtPr>
                             <w:sdtEndPr/>
                             <w:sdtContent>
                               <w:r w:rsidR="0058291D">
                                 <w:rPr>
                                   <w:sz w:val="52"/>
@@ -298,107 +306,115 @@
                                   <w:sz w:val="52"/>
                                 </w:rPr>
                                 <w:t>Tiempos de viaje de</w:t>
                               </w:r>
                               <w:r w:rsidR="0021744F">
                                 <w:rPr>
                                   <w:sz w:val="52"/>
                                 </w:rPr>
                                 <w:t>L</w:t>
                               </w:r>
                               <w:r w:rsidR="0058291D">
                                 <w:rPr>
                                   <w:sz w:val="52"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> agua</w:t>
                               </w:r>
                             </w:sdtContent>
                           </w:sdt>
                           <w:r w:rsidR="004C55A9" w:rsidRPr="00AE060D">
                             <w:rPr>
                               <w:sz w:val="52"/>
                             </w:rPr>
                             <w:t>]</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="7B44D51E" w14:textId="5F6979E4" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="002E10DD">
+                        <w:p w14:paraId="7B44D51E" w14:textId="5F6979E4" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="00FC583C">
                           <w:pPr>
                             <w:pStyle w:val="Subttulo"/>
                           </w:pPr>
                           <w:sdt>
                             <w:sdtPr>
                               <w:alias w:val="Fecha"/>
                               <w:tag w:val="Fecha"/>
                               <w:id w:val="1417830956"/>
                               <w:placeholder>
                                 <w:docPart w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
                               </w:placeholder>
                               <w:showingPlcHdr/>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                               <w:date>
                                 <w:dateFormat w:val="yyyy"/>
                                 <w:lid w:val="es-ES"/>
                                 <w:storeMappedDataAs w:val="dateTime"/>
                                 <w:calendar w:val="gregorian"/>
                               </w:date>
                             </w:sdtPr>
                             <w:sdtEndPr/>
                             <w:sdtContent>
                               <w:r w:rsidR="004C55A9">
                                 <w:rPr>
                                   <w:caps w:val="0"/>
                                 </w:rPr>
                                 <w:t>[Año</w:t>
                               </w:r>
                               <w:r w:rsidR="0074050E">
                                 <w:rPr>
                                   <w:caps w:val="0"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> estacional</w:t>
                               </w:r>
                               <w:r w:rsidR="004C55A9">
                                 <w:rPr>
                                   <w:caps w:val="0"/>
                                 </w:rPr>
                                 <w:t>]</w:t>
                               </w:r>
                             </w:sdtContent>
                           </w:sdt>
                         </w:p>
                         <w:sdt>
                           <w:sdtPr>
+                            <w:rPr>
+                              <w:rStyle w:val="Estilo1"/>
+                            </w:rPr>
                             <w:alias w:val="Descripción breve"/>
                             <w:tag w:val="Descripción breve"/>
                             <w:id w:val="106622669"/>
                             <w:placeholder>
                               <w:docPart w:val="1792672066EF4FCA99C2EC4D4981E53D"/>
                             </w:placeholder>
                             <w:showingPlcHdr/>
                             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps'" w:xpath="/ns0:CoverPageProperties[1]/ns0:Abstract[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                             <w:text/>
                           </w:sdtPr>
-                          <w:sdtEndPr/>
+                          <w:sdtEndPr>
+                            <w:rPr>
+                              <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                            </w:rPr>
+                          </w:sdtEndPr>
                           <w:sdtContent>
                             <w:p w14:paraId="1AB0CC79" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004C55A9">
                               <w:pPr>
                                 <w:pStyle w:val="Descripcinbreve"/>
                               </w:pPr>
                               <w:r>
                                 <w:t>[</w:t>
                               </w:r>
                               <w:r w:rsidR="00C71FC0">
                                 <w:t>D</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>escripción breve de las características de la central.]</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </v:textbox>
                     <w10:wrap type="topAndBottom" anchorx="page" anchory="margin"/>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
@@ -488,322 +504,322 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00512F9A">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00512F9A">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00512F9A">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40924EB6" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="002E10DD">
+        <w:p w14:paraId="40924EB6" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="00512F9A">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc466556175" w:history="1">
-            <w:r w:rsidR="00512F9A" w:rsidRPr="00BD2A53">
+            <w:r w:rsidRPr="00BD2A53">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Datos de perfil del Profesional Colegiado</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc466556175 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47E26E77" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="002E10DD">
+        <w:p w14:paraId="47E26E77" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="00512F9A">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc466556176" w:history="1">
-            <w:r w:rsidR="00512F9A" w:rsidRPr="00BD2A53">
+            <w:r w:rsidRPr="00BD2A53">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Información Profesional</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc466556176 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54B4969B" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="002E10DD">
+        <w:p w14:paraId="54B4969B" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="00512F9A">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc466556177" w:history="1">
-            <w:r w:rsidR="00512F9A" w:rsidRPr="00BD2A53">
+            <w:r w:rsidRPr="00BD2A53">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Acreditación de Experiencia</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc466556177 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F02AE2C" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="002E10DD">
+        <w:p w14:paraId="2F02AE2C" w14:textId="77777777" w:rsidR="00512F9A" w:rsidRDefault="00512F9A">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="0"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-GT" w:eastAsia="es-GT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc466556178" w:history="1">
-            <w:r w:rsidR="00512F9A" w:rsidRPr="00BD2A53">
+            <w:r w:rsidRPr="00BD2A53">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Informe</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc466556178 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00512F9A">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="14E09D1D" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00A33E56">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C6198E">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="07F80DD2" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00F239BC">
       <w:pPr>
         <w:sectPr w:rsidR="00F239BC" w:rsidRPr="00C6198E">
           <w:headerReference w:type="default" r:id="rId13"/>
@@ -871,487 +887,633 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="398033CE" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004C55A9" w:rsidP="00722398">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Nombre de la Central:</w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Nombre de Central"/>
                                 <w:tag w:val="Nombre de Central"/>
                                 <w:id w:val="985824367"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="7AA9220964164D4381A9D06BD911613A"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyAddress[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                                 <w:text w:multiLine="1"/>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r>
                                   <w:t>[Nombre de Central]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="065040E1" w14:textId="77777777" w:rsidR="000E53E3" w:rsidRDefault="000E53E3" w:rsidP="000E53E3">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Ubicación de Embalse:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Ubicación de Embalse"/>
                                 <w:tag w:val="Ubicación de Embalse"/>
                                 <w:id w:val="564835161"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="5EF623A0E84F422189F01380069DD37A"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyPhone[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                                 <w:text/>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r>
                                   <w:t>[Aldea, municipio, departamento]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="4FD59F73" w14:textId="77777777" w:rsidR="000E53E3" w:rsidRDefault="000E53E3" w:rsidP="000E53E3">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Coordenadas de Embalse:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Coordenadas de Embalse"/>
                                 <w:tag w:val="Coordenadas de Embalse"/>
                                 <w:id w:val="1430392013"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="A6F002A18C73412BAB6E411EF990252A"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="00FC313F">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Coordenadas de Embalse]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="5152E2F5" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00722398">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Coordenadas de Casa de Máquinas</w:t>
                             </w:r>
                             <w:r w:rsidR="008423E5">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> de la central aguas arriba</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Coordenadas de Casa de Máquinas"/>
                                 <w:tag w:val="Coordenadas de Casa de Máquinas"/>
                                 <w:id w:val="179629469"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="83BA3DBEAC874E1098A52661B49E20ED"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="00FC313F">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Coordenadas de Casa de Máquinas]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="73D9A538" w14:textId="77777777" w:rsidR="008423E5" w:rsidRPr="00C6198E" w:rsidRDefault="008423E5" w:rsidP="008423E5">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Coordenadas de Casa de Máquinas de la central que aprovecha el caudal turbinado de la central aguas arriba:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Coordenadas de Casa de Máquinas"/>
                                 <w:tag w:val="Coordenadas de Casa de Máquinas"/>
                                 <w:id w:val="-801998510"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="E6FBABA1E6AD42DDA381141418ED836C"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="00FC313F">
                                   <w:t>[</w:t>
                                 </w:r>
                                 <w:r w:rsidR="00FC313F">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>Coordenadas de Casa de Máquinas]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="5F6422BE" w14:textId="77777777" w:rsidR="00C71FC0" w:rsidRDefault="00C71FC0" w:rsidP="00C71FC0">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Configuración Hidrológica:</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Textoennegrita"/>
+                                </w:rPr>
                                 <w:alias w:val="Configuración Hidrológica"/>
                                 <w:tag w:val="Configuración Hidrológica"/>
                                 <w:id w:val="-1831978013"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="337338F7E881475EAF55EADFB48AEDD6"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
+                                <w15:color w:val="000000"/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
+                              <w:sdtEndPr>
+                                <w:rPr>
+                                  <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                                  <w:b w:val="0"/>
+                                  <w:bCs w:val="0"/>
+                                </w:rPr>
+                              </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="00FC313F">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Configuración Hidrológica]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="1F95B28F" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="007F467E" w:rsidRDefault="004C55A9" w:rsidP="007F467E">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="463C5A9C" id="Cuadro de texto 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Company contact information" style="position:absolute;left:0;text-align:left;margin-left:-22.35pt;margin-top:162pt;width:513.75pt;height:355.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXmVIujwIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbKEIVKeqKmCYh&#10;QMDEs+vYNJrj82y3TffX77OTFMb2wrQX53K/7767O79oG8O2yoeabMnHRyPOlJVU1fa55N8erz6d&#10;cRaisJUwZFXJ9yrwi/nHD+c7N1MTWpOplGdwYsNs50q+jtHNiiLItWpEOCKnLISafCMifv1zUXmx&#10;g/fGFJPR6LTYka+cJ6lCAPeyE/J59q+1kvFW66AiMyVHbjG/Pr+r9BbzczF79sKta9mnIf4hi0bU&#10;FkEPri5FFGzj6z9cNbX0FEjHI0lNQVrXUuUaUM149Kaah7VwKteC5gR3aFP4f27lzfbOs7oq+TFn&#10;VjSAaLkRlSdWKRZVG4lBUKkg0bQlNU7YPZNko5CR1bYDBtinRu5cmMHfg4PH2H6mFgMx8AOYqT+t&#10;9k36onIGOSDZH2BANCbBPJ1OTk4nU84kZCfT8cnZNANVvJg7H+IXRQ1LRMk9cM7tF9vrEJEKVAeV&#10;FM3SVW1MxtpYtkOIY7j8TQILYxNH5anp3aSSutQzFfdGJR1j75VG13IFiZHnVS2NZ1uBSRNSKhtz&#10;8dkvtJOWRhLvMez1X7J6j3FXxxAZiB2Mm9qSz9W/Sbv6PqSsO3008lXdiYztqs3jckB2RdUegHvq&#10;dis4eVUDlGsR4p3wWCZgjAMRb/FoQ2g+9RRna/I//8ZP+phxSDnbYTlLHn5shFecma8W0582eSD8&#10;QKwGwm6aJQGFMU6Pk5mEgY9mILWn5gl3Y5GiQCSsRKySx4Fcxu5EYLylWiyyEvbViXhtH5xMrhMo&#10;acQe2yfhXT+HaWFuaFhbMXszjp1usrS02ETSdZ7V1Neui32/set5hPu7lI7J6/+s9XI9578AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAijmyJ4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsWrtpgBLiVIjHjmcBCXZOPCQRfkS2k4a/Z1jBcjRH955bbmdr2IQh9t5JWC0FMHSN171r&#10;Jby+3C42wGJSTivjHUr4xgjb6vCgVIX2e/eM0y61jEJcLJSELqWh4Dw2HVoVl35AR79PH6xKdIaW&#10;66D2FG4Nz4Q45Vb1jho6NeBVh83XbrQSzHsMd7VIH9N1e5+eHvn4drN6kPL4aL68AJZwTn8w/OqT&#10;OlTkVPvR6ciMhEWenxEqYZ3lNIqI801GY2pCxfpEAK9K/n9E9QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCXmVIujwIAAIUFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAijmyJ4AAAAAwBAAAPAAAAAAAAAAAAAAAAAOkEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" o:allowincell="f" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="463C5A9C" id="Cuadro de texto 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Company contact information" style="position:absolute;left:0;text-align:left;margin-left:-22.35pt;margin-top:162pt;width:513.75pt;height:355.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/BO0FYQIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wgwQBVqqBgV0yTU&#10;VqNTn41jl2iOz7MPEvbX7+wk0HV76bQX5+L77td3d76+aSrDjsqHEmzOR4MhZ8pKKEr7nPNvj+sP&#10;V5wFFLYQBqzK+UkFfrN4/+66dnM1hj2YQnlGTmyY1y7ne0Q3z7Ig96oSYQBOWVJq8JVA+vXPWeFF&#10;Td4rk42Hw1lWgy+cB6lCoNvbVskXyb/WSuK91kEhMzmn3DCdPp27eGaLazF/9sLtS9mlIf4hi0qU&#10;loKeXd0KFOzgyz9cVaX0EEDjQEKVgdalVKkGqmY0fFXNdi+cSrUQOcGdaQr/z628O27dg2fYfIKG&#10;GhgJqV2YB7qM9TTaV/FLmTLSE4WnM22qQSbpcjYdT2bjKWeSdJPpaHI1TcRmF3PnA35WULEo5NxT&#10;XxJd4rgJSCEJ2kNiNAvr0pjUG2NZTSE+ksvfNGRhbLxRqcudm0vqScKTURFj7FelWVmkCuJFmi+1&#10;Mp4dBU2GkFJZTMUnv4SOKE1JvMWww1+yeotxW0cfGSyejavSgk/Vv0q7+N6nrFs8Efmi7ihis2uo&#10;8Bed3UFxooZ7aHchOLkuqSkbEfBBeBp+6jEtNN7ToQ0Q+dBJnO3B//zbfcTTTJKWs5qWKefhx0F4&#10;xZn5Ymla4+b1gu+FXS/YQ7UC6sKIngonk0gGHk0vag/VE+35MkYhlbCSYuUce3GF7UrTOyHVcplA&#10;tF9O4MZunYyuY1PiiD02T8K7bg6RRvgO+jUT81fj2GKjpYXlAUGXaVYjry2LHd+0m2mEu3ckLv/L&#10;/4S6vHaLXwAAAP//AwBQSwMEFAAGAAgAAAAhACKObIngAAAADAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOxau2mAEuJUiMeOZwEJdk48JBF+RLaThr9nWMFyNEf3nltuZ2vYhCH2&#10;3klYLQUwdI3XvWslvL7cLjbAYlJOK+MdSvjGCNvq8KBUhfZ794zTLrWMQlwslIQupaHgPDYdWhWX&#10;fkBHv08frEp0hpbroPYUbg3PhDjlVvWOGjo14FWHzddutBLMewx3tUgf03V7n54e+fh2s3qQ8vho&#10;vrwAlnBOfzD86pM6VORU+9HpyIyERZ6fESphneU0iojzTUZjakLF+kQAr0r+f0T1AwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAH8E7QVhAgAANQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACKObIngAAAADAEAAA8AAAAAAAAAAAAAAAAAuwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;" o:allowincell="f" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="398033CE" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004C55A9" w:rsidP="00722398">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Nombre de la Central:</w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Nombre de Central"/>
                           <w:tag w:val="Nombre de Central"/>
                           <w:id w:val="985824367"/>
+                          <w:placeholder>
+                            <w:docPart w:val="7AA9220964164D4381A9D06BD911613A"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyAddress[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                           <w:text w:multiLine="1"/>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r>
                             <w:t>[Nombre de Central]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="065040E1" w14:textId="77777777" w:rsidR="000E53E3" w:rsidRDefault="000E53E3" w:rsidP="000E53E3">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Ubicación de Embalse:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Ubicación de Embalse"/>
                           <w:tag w:val="Ubicación de Embalse"/>
                           <w:id w:val="564835161"/>
+                          <w:placeholder>
+                            <w:docPart w:val="5EF623A0E84F422189F01380069DD37A"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyPhone[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                           <w:text/>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r>
                             <w:t>[Aldea, municipio, departamento]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="4FD59F73" w14:textId="77777777" w:rsidR="000E53E3" w:rsidRDefault="000E53E3" w:rsidP="000E53E3">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Coordenadas de Embalse:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Coordenadas de Embalse"/>
                           <w:tag w:val="Coordenadas de Embalse"/>
                           <w:id w:val="1430392013"/>
+                          <w:placeholder>
+                            <w:docPart w:val="A6F002A18C73412BAB6E411EF990252A"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="00FC313F">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Coordenadas de Embalse]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="5152E2F5" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00722398">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Coordenadas de Casa de Máquinas</w:t>
                       </w:r>
                       <w:r w:rsidR="008423E5">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> de la central aguas arriba</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Coordenadas de Casa de Máquinas"/>
                           <w:tag w:val="Coordenadas de Casa de Máquinas"/>
                           <w:id w:val="179629469"/>
+                          <w:placeholder>
+                            <w:docPart w:val="83BA3DBEAC874E1098A52661B49E20ED"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="00FC313F">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Coordenadas de Casa de Máquinas]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="73D9A538" w14:textId="77777777" w:rsidR="008423E5" w:rsidRPr="00C6198E" w:rsidRDefault="008423E5" w:rsidP="008423E5">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Coordenadas de Casa de Máquinas de la central que aprovecha el caudal turbinado de la central aguas arriba:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Coordenadas de Casa de Máquinas"/>
                           <w:tag w:val="Coordenadas de Casa de Máquinas"/>
                           <w:id w:val="-801998510"/>
+                          <w:placeholder>
+                            <w:docPart w:val="E6FBABA1E6AD42DDA381141418ED836C"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="00FC313F">
                             <w:t>[</w:t>
                           </w:r>
                           <w:r w:rsidR="00FC313F">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>Coordenadas de Casa de Máquinas]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="5F6422BE" w14:textId="77777777" w:rsidR="00C71FC0" w:rsidRDefault="00C71FC0" w:rsidP="00C71FC0">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Configuración Hidrológica:</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Textoennegrita"/>
+                          </w:rPr>
                           <w:alias w:val="Configuración Hidrológica"/>
                           <w:tag w:val="Configuración Hidrológica"/>
                           <w:id w:val="-1831978013"/>
+                          <w:placeholder>
+                            <w:docPart w:val="337338F7E881475EAF55EADFB48AEDD6"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
+                          <w15:color w:val="000000"/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
+                        <w:sdtEndPr>
+                          <w:rPr>
+                            <w:rStyle w:val="Fuentedeprrafopredeter"/>
+                            <w:b w:val="0"/>
+                            <w:bCs w:val="0"/>
+                          </w:rPr>
+                        </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="00FC313F">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Configuración Hidrológica]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="1F95B28F" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="007F467E" w:rsidRDefault="004C55A9" w:rsidP="007F467E">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -1492,349 +1654,364 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="29C2DF16" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
+                          <w:p w14:paraId="29C2DF16" w14:textId="55F9E312" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Nombre del Profesional: </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="Nombre del Profesional"/>
                                 <w:tag w:val="Nombre del Profesional"/>
-                                <w:id w:val="244382038"/>
+                                <w:id w:val="1249233034"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="5ABF859003CF463D92DFA66D1948D01E"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
-                                <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyAddress[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                                <w:text w:multiLine="1"/>
+                                <w:text/>
                               </w:sdtPr>
-                              <w:sdtEndPr>
-[...3 lines deleted...]
-                              </w:sdtEndPr>
                               <w:sdtContent>
-                                <w:r w:rsidRPr="007402BB">
+                                <w:r w:rsidR="0012440A">
                                   <w:rPr>
-                                    <w:bCs/>
+                                    <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
-                                  <w:t>[Nombre del profesional]</w:t>
+                                  <w:t>[Nombre del Profesional]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="33F51354" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00B819D5">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Profesión:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BC1801">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="Profesión"/>
                                 <w:tag w:val="Profesión"/>
                                 <w:id w:val="1785846315"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="8D89CAE8765C4B81A16414176A49BC57"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
                               <w:sdtEndPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                               </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="0092109B">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Profesión]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="5BF34A2A" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00B819D5">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Dirección:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BC1801">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="Dirección de Oficina"/>
                                 <w:tag w:val="Dirección de Oficina"/>
                                 <w:id w:val="-768851641"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="533D1A609BB84CE584DF9E17B4E9B910"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyPhone[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                                 <w:text/>
                               </w:sdtPr>
                               <w:sdtEndPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                               </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r>
                                   <w:t>[Dirección de Oficina]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="1F71267E" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Teléfono de Contacto:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BC1801">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="Número de teléfono"/>
                                 <w:tag w:val="Número de teléfono"/>
                                 <w:id w:val="-1790968691"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="CF742A787E9B4A93BAFFEE37343211FC"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
                               <w:sdtEndPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                               </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="0092109B">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Número de teléfono]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="52DE8591" w14:textId="77777777" w:rsidR="0015069D" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Dirección electrónica:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BC1801">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="e-mail"/>
                                 <w:tag w:val="e-mail"/>
                                 <w:id w:val="364949158"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="D4B4D0B3B8C64C288401233AF061E995"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
                               <w:sdtEndPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                               </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="0092109B">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Correo electrónico]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="3DB6E4B1" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t>Número de colegiado:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00BC1801">
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="Número de Colegiado"/>
                                 <w:tag w:val="Número de Colegiado"/>
                                 <w:id w:val="-604034482"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="6BCC796712F84791B4EB8D88DF6FCE3A"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
                               <w:sdtEndPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                               </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="0092109B">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Número de Colegiado]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="2C702C0D" w14:textId="77777777" w:rsidR="00F12146" w:rsidRDefault="00F12146" w:rsidP="00BC1801">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Textoennegrita"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Nombre de la empresa: </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                                 <w:alias w:val="Nombre de la Empresa"/>
                                 <w:tag w:val="Nombre de la Empresa"/>
                                 <w:id w:val="1480732179"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="46E9DB0C358643D08ABEA834613CD555"/>
+                                </w:placeholder>
                                 <w:showingPlcHdr/>
                                 <w:docPartList>
                                   <w:docPartGallery w:val="Quick Parts"/>
                                 </w:docPartList>
                               </w:sdtPr>
                               <w:sdtEndPr>
                                 <w:rPr>
                                   <w:rStyle w:val="Textoennegrita"/>
                                 </w:rPr>
                               </w:sdtEndPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="0092109B">
                                   <w:rPr>
                                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                                   </w:rPr>
                                   <w:t>[Nombre de la Empresa]</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="6656A8B7" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:spacing w:line="480" w:lineRule="auto"/>
                               <w:rPr>
@@ -1970,352 +2147,367 @@
                           <w:p w14:paraId="43299D24" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00C51CBB"/>
                           <w:p w14:paraId="2E7E51A9" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004C55A9" w:rsidP="00B92EF8"/>
                           <w:p w14:paraId="3F0F833B" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00C6198E" w:rsidRDefault="004C55A9" w:rsidP="00B92EF8"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>80400</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="191A3CB9" id="Cuadro de texto 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Company contact information" style="position:absolute;margin-left:0;margin-top:51.2pt;width:492pt;height:422.6pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:804;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:804;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzj7nYkAIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1P2zAUfZ+0/2D5fSSUj6GKFHVFTJMQ&#10;IGDi2XVsGs3x9Wy3Tffrd+wkBbG9MO3FufH9vudcn190rWEb5UNDtuKHByVnykqqG/tc8e+PV5/O&#10;OAtR2FoYsqriOxX4xezjh/Otm6oJrcjUyjMEsWG6dRVfxeimRRHkSrUiHJBTFkpNvhURv/65qL3Y&#10;InpriklZnhZb8rXzJFUIuL3slXyW42utZLzVOqjITMVRW8ynz+cyncXsXEyfvXCrRg5liH+oohWN&#10;RdJ9qEsRBVv75o9QbSM9BdLxQFJbkNaNVLkHdHNYvunmYSWcyr1gOMHtxxT+X1h5s7nzrKmBHWdW&#10;tIBosRa1J1YrFlUXiUFRqyAxtAW1Ttgdk2SjkJE1tgcG2KdBbl2YIt6DQ8TYfaEuBR3uAy7TfDrt&#10;2/RF5wx6QLLbw4BsTOLydHJ8dlxCJaE7OTr9XE4yUMWLu/MhflXUsiRU3APnPH6xuQ4RKWE6mqRs&#10;lq4aYzLWxrItUhydlNlhr4GHsclWZdYMYVJLfelZijujko2x90pjarmDdJH5qhbGs40A04SUysbc&#10;fI4L62SlUcR7HAf7l6re49z3MWYGYnvntrHkc/dvyq5/jCXr3h6DfNV3EmO37DJdJiOyS6p3ANxT&#10;v1vByasGoFyLEO+ExzIBSDwQ8RaHNoTh0yBxtiL/62/3yR4ch5azLZaz4uHnWnjFmflmwf60yaPg&#10;R2E5CnbdLggogLioJotw8NGMovbUPuHdmKcsUAkrkaviMvrxZxH7RwIEl2o+z2bYWCfitX1wMgVP&#10;sCSSPXZPwruBiWllbmhcXDF9Q8jeNnlamq8j6SazNU22n+MwcWx7JvHwMqXn5PV/tnp5P2e/AQAA&#10;//8DAFBLAwQUAAYACAAAACEA3WfkdN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FjKVJVRmk4IDcSBAytIcPRat6lonNJkW/fvMSe42e9Zz98r1rMb1IGm0Hs2cL1IQBHX&#10;vum5M/D+9ni1AhUicoODZzJwogDr8vyswLzxR97SoYqdkhAOORqwMY651qG25DAs/EgsXusnh1HW&#10;qdPNhEcJd4NeJkmmHfYsHyyO9GCp/qr2zkA9fs/tR5W9YLt5/oyv7fZpc7LGXF7M93egIs3x7xh+&#10;8QUdSmHa+T03QQ0GpEgUNVmmoMS+XaWi7GRIbzLQZaH/Fyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADOPudiQAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAN1n5HTeAAAACAEAAA8AAAAAAAAAAAAAAAAA6gQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" o:allowincell="f" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="191A3CB9" id="Cuadro de texto 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Company contact information" style="position:absolute;margin-left:0;margin-top:51.2pt;width:492pt;height:422.6pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:804;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:804;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7e+PNZQIAADcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2mbVYEcYosRYcB&#10;QVu0HXpWZCkxJosapcTOfv0o2U6KbJcOu8i0+Pj1SGp609aG7RT6CmzBz89yzpSVUFZ2XfDvL3ef&#10;rjnzQdhSGLCq4Hvl+c3s44dp4yZqBBswpUJGTqyfNK7gmxDcJMu83Kha+DNwypJSA9Yi0C+usxJF&#10;Q95rk43yfJw1gKVDkMp7ur3tlHyW/GutZHjQ2qvATMEpt5BOTOcqntlsKiZrFG5TyT4N8Q9Z1KKy&#10;FPTg6lYEwbZY/eGqriSCBx3OJNQZaF1JlWqgas7zk2qeN8KpVAuR492BJv//3Mr73bN7RBbaL9BS&#10;AyMhjfMTT5exnlZjHb+UKSM9Ubg/0KbawCRdjkeX15c5qSTpri7Gn/NRIjY7mjv04auCmkWh4Eh9&#10;SXSJ3dIHCknQARKjWbirjEm9MZY1FOLiKk8GBw1ZGBuxKnW5d3NMPUlhb1TEGPukNKvKVEG8SPOl&#10;FgbZTtBkCCmVDan45JfQEaUpifcY9vhjVu8x7uoYIoMNB+O6soCp+pO0yx9DyrrDE5Fv6o5iaFct&#10;FV7w0dDZFZR7ajhCtwveybuKmrIUPjwKpOGnRtJChwc6tAEiH3qJsw3gr7/dRzzNJGk5a2iZCu5/&#10;bgUqzsw3S9MaN28QcBBWg2C39QKoC+f0VDiZRDLAYAZRI9SvtOfzGIVUwkqKVXAZcPhZhG6p6aWQ&#10;aj5PMNowJ8LSPjsZnce2xCF7aV8Fun4SAw3xPQyLJiYnA9lho6WF+TaArtK0RmY7HnvGaTvTEPcv&#10;SVz/t/8JdXzvZr8BAAD//wMAUEsDBBQABgAIAAAAIQDdZ+R03gAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8MwDIXvSPyHyEjcWMpUlVGaTggNxIEDK0hw9Fq3qWic0mRb9+8xJ7jZ71nP3yvW&#10;sxvUgabQezZwvUhAEde+6bkz8P72eLUCFSJyg4NnMnCiAOvy/KzAvPFH3tKhip2SEA45GrAxjrnW&#10;obbkMCz8SCxe6yeHUdap082ERwl3g14mSaYd9iwfLI70YKn+qvbOQD1+z+1Hlb1gu3n+jK/t9mlz&#10;ssZcXsz3d6AizfHvGH7xBR1KYdr5PTdBDQakSBQ1WaagxL5dpaLsZEhvMtBlof8XKH8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAe3vjzWUCAAA3BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3WfkdN4AAAAIAQAADwAAAAAAAAAAAAAAAAC/BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;" o:allowincell="f" o:allowoverlap="f" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="29C2DF16" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
+                    <w:p w14:paraId="29C2DF16" w14:textId="55F9E312" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Nombre del Profesional: </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="Nombre del Profesional"/>
                           <w:tag w:val="Nombre del Profesional"/>
-                          <w:id w:val="244382038"/>
+                          <w:id w:val="1249233034"/>
+                          <w:placeholder>
+                            <w:docPart w:val="5ABF859003CF463D92DFA66D1948D01E"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
-                          <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyAddress[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                          <w:text w:multiLine="1"/>
+                          <w:text/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...3 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="007402BB">
+                          <w:r w:rsidR="0012440A">
                             <w:rPr>
-                              <w:bCs/>
+                              <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
-                            <w:t>[Nombre del profesional]</w:t>
+                            <w:t>[Nombre del Profesional]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="33F51354" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00B819D5">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Profesión:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BC1801">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="Profesión"/>
                           <w:tag w:val="Profesión"/>
                           <w:id w:val="1785846315"/>
+                          <w:placeholder>
+                            <w:docPart w:val="8D89CAE8765C4B81A16414176A49BC57"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
                         <w:sdtEndPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                         </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="0092109B">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Profesión]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="5BF34A2A" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00B819D5">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Dirección:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BC1801">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="Dirección de Oficina"/>
                           <w:tag w:val="Dirección de Oficina"/>
                           <w:id w:val="-768851641"/>
+                          <w:placeholder>
+                            <w:docPart w:val="533D1A609BB84CE584DF9E17B4E9B910"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyPhone[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                           <w:text/>
                         </w:sdtPr>
                         <w:sdtEndPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                         </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r>
                             <w:t>[Dirección de Oficina]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="1F71267E" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Teléfono de Contacto:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BC1801">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="Número de teléfono"/>
                           <w:tag w:val="Número de teléfono"/>
                           <w:id w:val="-1790968691"/>
+                          <w:placeholder>
+                            <w:docPart w:val="CF742A787E9B4A93BAFFEE37343211FC"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
                         <w:sdtEndPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                         </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="0092109B">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Número de teléfono]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="52DE8591" w14:textId="77777777" w:rsidR="0015069D" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Dirección electrónica:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BC1801">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="e-mail"/>
                           <w:tag w:val="e-mail"/>
                           <w:id w:val="364949158"/>
+                          <w:placeholder>
+                            <w:docPart w:val="D4B4D0B3B8C64C288401233AF061E995"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
                         <w:sdtEndPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                         </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="0092109B">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Correo electrónico]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="3DB6E4B1" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t>Número de colegiado:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00BC1801">
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="Número de Colegiado"/>
                           <w:tag w:val="Número de Colegiado"/>
                           <w:id w:val="-604034482"/>
+                          <w:placeholder>
+                            <w:docPart w:val="6BCC796712F84791B4EB8D88DF6FCE3A"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
                         <w:sdtEndPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                         </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="0092109B">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Número de Colegiado]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="2C702C0D" w14:textId="77777777" w:rsidR="00F12146" w:rsidRDefault="00F12146" w:rsidP="00BC1801">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Textoennegrita"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Nombre de la empresa: </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                           <w:alias w:val="Nombre de la Empresa"/>
                           <w:tag w:val="Nombre de la Empresa"/>
                           <w:id w:val="1480732179"/>
+                          <w:placeholder>
+                            <w:docPart w:val="46E9DB0C358643D08ABEA834613CD555"/>
+                          </w:placeholder>
                           <w:showingPlcHdr/>
                           <w:docPartList>
                             <w:docPartGallery w:val="Quick Parts"/>
                           </w:docPartList>
                         </w:sdtPr>
                         <w:sdtEndPr>
                           <w:rPr>
                             <w:rStyle w:val="Textoennegrita"/>
                           </w:rPr>
                         </w:sdtEndPr>
                         <w:sdtContent>
                           <w:r w:rsidR="0092109B">
                             <w:rPr>
                               <w:rStyle w:val="Textodelmarcadordeposicin"/>
                             </w:rPr>
                             <w:t>[Nombre de la Empresa]</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                     <w:p w14:paraId="6656A8B7" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00BC1801" w:rsidRDefault="004C55A9" w:rsidP="00BC1801">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:spacing w:line="480" w:lineRule="auto"/>
                         <w:rPr>
@@ -2458,618 +2650,829 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE676B6" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00173A45">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc466556176"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Información</w:t>
       </w:r>
       <w:r w:rsidR="00A33E56" w:rsidRPr="00C6198E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C51CBB">
         <w:t>Profesional</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
-          <w:kern w:val="0"/>
+          <w:rStyle w:val="Estilo2"/>
         </w:rPr>
         <w:id w:val="-873762758"/>
         <w:placeholder>
           <w:docPart w:val="23514EC6B43A4A94B7901EB762093695"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:kern w:val="20"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="6664FB08" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRDefault="00173A45">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:kern w:val="0"/>
             </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidR="00F12146" w:rsidRPr="00F12146">
             <w:t>En esta sección el profesional debe aportar un resumen de su formación académica, la que lo faculta para realizar este tipo de estudios</w:t>
           </w:r>
           <w:r w:rsidR="00A33E56" w:rsidRPr="00C6198E">
             <w:t>.</w:t>
           </w:r>
           <w:r>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4AFF56B8" w14:textId="77777777" w:rsidR="00C51CBB" w:rsidRPr="00C6198E" w:rsidRDefault="00EF6FE3" w:rsidP="00C51CBB">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc466556177"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Acreditación de </w:t>
       </w:r>
       <w:r w:rsidR="00173A45">
         <w:t>Experiencia</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="Estilo3"/>
+        </w:rPr>
         <w:id w:val="-668321790"/>
         <w:placeholder>
           <w:docPart w:val="165B970E1A5D4FEE8AF6155E0A8FB690"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="Fuentedeprrafopredeter"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="40AEB180" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00F12146" w:rsidRDefault="00173A45" w:rsidP="00F12146">
+        <w:p w14:paraId="40AEB180" w14:textId="486C0391" w:rsidR="00972528" w:rsidRPr="00FC583C" w:rsidRDefault="00173A45" w:rsidP="00F12146">
           <w:pPr>
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00FC583C">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:t>[</w:t>
           </w:r>
-          <w:r w:rsidR="003F5FF1" w:rsidRPr="00F12146">
+          <w:r w:rsidR="003F5FF1" w:rsidRPr="00FC583C">
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
             <w:t>En esta sección el profesional debe aportar un resumen de su experiencia profesional que lo acredite como especialista en este tipo de obras, debiendo incluir:</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="08DC617B" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00F12146" w:rsidRDefault="003F5FF1" w:rsidP="00F12146">
+        <w:p w14:paraId="08DC617B" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00FC583C" w:rsidRDefault="003F5FF1" w:rsidP="00F12146">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="28"/>
             </w:numPr>
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F12146">
+          <w:r w:rsidRPr="00FC583C">
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
             <w:t>Nombre de la Compañía para a la que aportó su experiencia o realizó estudios</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="09946755" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00F12146" w:rsidRDefault="003F5FF1" w:rsidP="00F12146">
+        <w:p w14:paraId="09946755" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00FC583C" w:rsidRDefault="003F5FF1" w:rsidP="00F12146">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="28"/>
             </w:numPr>
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F12146">
+          <w:r w:rsidRPr="00FC583C">
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
             <w:t>Proceso en el que participó en el proyecto</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1D4CCB79" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00F12146" w:rsidRDefault="003F5FF1" w:rsidP="00F12146">
+        <w:p w14:paraId="1D4CCB79" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00FC583C" w:rsidRDefault="003F5FF1" w:rsidP="00F12146">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="28"/>
             </w:numPr>
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F12146">
+          <w:r w:rsidRPr="00FC583C">
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
             <w:t>Nombre, número de teléfono y correo electrónico de la empresa para que realizó dicho trabajo</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="26269F26" w14:textId="77777777" w:rsidR="00C51CBB" w:rsidRPr="00C6198E" w:rsidRDefault="003F5FF1" w:rsidP="00601338">
+        <w:p w14:paraId="26269F26" w14:textId="486C0391" w:rsidR="00C51CBB" w:rsidRPr="00C6198E" w:rsidRDefault="003F5FF1" w:rsidP="00601338">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="28"/>
             </w:numPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F12146">
+          <w:r w:rsidRPr="00FC583C">
             <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
               <w:lang w:val="es-GT"/>
             </w:rPr>
             <w:t>En su defecto pueden presentar una carta de la compañía debidamente firmada en donde se indique el tipo de participación</w:t>
           </w:r>
-          <w:r w:rsidR="00C51CBB" w:rsidRPr="00C6198E">
+          <w:r w:rsidR="00C51CBB" w:rsidRPr="00FC583C">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:t>.</w:t>
           </w:r>
-          <w:r w:rsidR="00173A45">
+          <w:r w:rsidR="00173A45" w:rsidRPr="00FC583C">
+            <w:rPr>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="32B44581" w14:textId="77777777" w:rsidR="00C51CBB" w:rsidRPr="00C6198E" w:rsidRDefault="00C51CBB"/>
     <w:p w14:paraId="48DB3164" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00A33E56">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc466556178"/>
       <w:r w:rsidRPr="00C6198E">
         <w:lastRenderedPageBreak/>
         <w:t>Informe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="30081395" w14:textId="5CCF2D30" w:rsidR="00791134" w:rsidRDefault="00BB3CB4" w:rsidP="005B038B">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Configuración hidrologica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC47416" w14:textId="672275A4" w:rsidR="003665B4" w:rsidRDefault="00CF3375" w:rsidP="003665B4">
+    <w:p w14:paraId="2CC47416" w14:textId="672275A4" w:rsidR="003665B4" w:rsidRPr="00FC583C" w:rsidRDefault="00CF3375" w:rsidP="003665B4">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Descripción de la obra civil</w:t>
       </w:r>
-      <w:r w:rsidR="003665B4">
+      <w:r w:rsidR="003665B4" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A64364" w14:textId="77777777" w:rsidR="003665B4" w:rsidRDefault="003665B4" w:rsidP="003665B4">
+    <w:p w14:paraId="07A64364" w14:textId="77777777" w:rsidR="003665B4" w:rsidRPr="00FC583C" w:rsidRDefault="003665B4" w:rsidP="003665B4">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Balsa de compensación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10740D2D" w14:textId="77777777" w:rsidR="003665B4" w:rsidRDefault="003665B4" w:rsidP="003665B4">
+    <w:p w14:paraId="10740D2D" w14:textId="77777777" w:rsidR="003665B4" w:rsidRPr="00FC583C" w:rsidRDefault="003665B4" w:rsidP="003665B4">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Canal de Derivación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2A3384" w14:textId="77777777" w:rsidR="003F5FF1" w:rsidRDefault="003665B4" w:rsidP="003F5FF1">
+    <w:p w14:paraId="4F2A3384" w14:textId="77777777" w:rsidR="003F5FF1" w:rsidRPr="00FC583C" w:rsidRDefault="003665B4" w:rsidP="003F5FF1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Tubería Forzada</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21072353" w14:textId="77777777" w:rsidR="003F5FF1" w:rsidRPr="003F5FF1" w:rsidRDefault="003F5FF1" w:rsidP="003F5FF1">
+    <w:p w14:paraId="21072353" w14:textId="77777777" w:rsidR="003F5FF1" w:rsidRPr="00FC583C" w:rsidRDefault="003F5FF1" w:rsidP="003F5FF1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F5FF1">
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Cualquier otro elemento que complemente la descripción de la obra civil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6176DCEC" w14:textId="13057DE8" w:rsidR="00791134" w:rsidRDefault="003864F1" w:rsidP="00791134">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Herramientas y metodología</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F2413F" w14:textId="00216802" w:rsidR="00CF3375" w:rsidRDefault="005B038B" w:rsidP="005B038B">
+    <w:p w14:paraId="01F2413F" w14:textId="00216802" w:rsidR="00CF3375" w:rsidRPr="00FC583C" w:rsidRDefault="005B038B" w:rsidP="005B038B">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fechas de </w:t>
       </w:r>
-      <w:r w:rsidR="00C1136E">
+      <w:r w:rsidR="00C1136E" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">apersonamiento </w:t>
       </w:r>
-      <w:r w:rsidR="0082506F">
+      <w:r w:rsidR="0082506F" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C1136E">
+      <w:r w:rsidR="00C1136E" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> las instalaciones de la central </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>por el especialista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B323BD" w14:textId="2C1150B9" w:rsidR="005B038B" w:rsidRDefault="005B038B" w:rsidP="005B038B">
+    <w:p w14:paraId="15B323BD" w14:textId="2C1150B9" w:rsidR="005B038B" w:rsidRPr="00FC583C" w:rsidRDefault="005B038B" w:rsidP="005B038B">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Descripción de los equipos y herramientas utilizadas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BDC0C3" w14:textId="77777777" w:rsidR="00CF3375" w:rsidRDefault="00CF3375" w:rsidP="00CF3375">
+    <w:p w14:paraId="45BDC0C3" w14:textId="77777777" w:rsidR="00CF3375" w:rsidRPr="00FC583C" w:rsidRDefault="00CF3375" w:rsidP="00CF3375">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Descripción del software de simulación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B98DF7F" w14:textId="77777777" w:rsidR="00CF3375" w:rsidRDefault="002579B8" w:rsidP="00CF3375">
+    <w:p w14:paraId="1B98DF7F" w14:textId="77777777" w:rsidR="00CF3375" w:rsidRPr="00FC583C" w:rsidRDefault="002579B8" w:rsidP="00CF3375">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Descripción de Modelo Hidráulico </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C2CFC5" w14:textId="77777777" w:rsidR="00BB3CB4" w:rsidRDefault="00BB3CB4" w:rsidP="003864F1">
+    <w:p w14:paraId="52C2CFC5" w14:textId="77777777" w:rsidR="00BB3CB4" w:rsidRPr="00FC583C" w:rsidRDefault="00BB3CB4" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
-      <w:r w:rsidR="00CF3375">
+      <w:r w:rsidR="00CF3375" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> para el análisis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A9A118" w14:textId="77777777" w:rsidR="00AA6868" w:rsidRDefault="00AA6868" w:rsidP="00AA6868">
+    <w:p w14:paraId="16A9A118" w14:textId="77777777" w:rsidR="00AA6868" w:rsidRPr="00FC583C" w:rsidRDefault="00AA6868" w:rsidP="00AA6868">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Longitud del tramo</w:t>
       </w:r>
-      <w:r w:rsidR="0003667C">
+      <w:r w:rsidR="0003667C" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> recorrido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0495D81C" w14:textId="77777777" w:rsidR="00AA6868" w:rsidRDefault="00AA6868" w:rsidP="00AA6868">
+    <w:p w14:paraId="0495D81C" w14:textId="77777777" w:rsidR="00AA6868" w:rsidRPr="00FC583C" w:rsidRDefault="00AA6868" w:rsidP="00AA6868">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Tiempo de recorrido en un tramo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03905B1B" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
+    <w:p w14:paraId="03905B1B" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Descripción del trabajo de campo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5403BF5F" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
+    <w:p w14:paraId="5403BF5F" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Registro fotográfico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED191EE" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
+    <w:p w14:paraId="2ED191EE" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Registro topográfico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D818F3" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
+    <w:p w14:paraId="38D818F3" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Mediciones realizadas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5541F2AD" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
+    <w:p w14:paraId="5541F2AD" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Trabajo de Gabinete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E07ACDD" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
+    <w:p w14:paraId="5E07ACDD" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Funcionamiento hidráulico de la obra de conexión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="677F8834" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="0097207E" w:rsidRDefault="003F5FF1" w:rsidP="0097207E">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097207E">
         <w:rPr>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>Definición de criterios Hidráulicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22991EA4" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="0097207E" w:rsidRDefault="003F5FF1" w:rsidP="0097207E">
+    <w:p w14:paraId="22991EA4" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00FC583C" w:rsidRDefault="003F5FF1" w:rsidP="0097207E">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0097207E">
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Coeficiente de Manning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673934B2" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="0097207E" w:rsidRDefault="003F5FF1" w:rsidP="0097207E">
+    <w:p w14:paraId="673934B2" w14:textId="77777777" w:rsidR="00972528" w:rsidRPr="00FC583C" w:rsidRDefault="003F5FF1" w:rsidP="0097207E">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0097207E">
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Coeficientes de expansión y contracción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A77692" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="0097207E" w:rsidRDefault="0097207E" w:rsidP="0097207E">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097207E">
         <w:rPr>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003864F1" w:rsidRPr="0097207E">
         <w:rPr>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>Escenarios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B7C73B6" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="0003667C" w:rsidP="003864F1">
+    <w:p w14:paraId="6B7C73B6" w14:textId="77777777" w:rsidR="003864F1" w:rsidRPr="00FC583C" w:rsidRDefault="0003667C" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Ambas centrales en operación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2070018F" w14:textId="77777777" w:rsidR="0003667C" w:rsidRDefault="0003667C" w:rsidP="0003667C">
+    <w:p w14:paraId="2070018F" w14:textId="77777777" w:rsidR="0003667C" w:rsidRPr="00FC583C" w:rsidRDefault="0003667C" w:rsidP="0003667C">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Para caudales mínimo, promedio y máximo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F888EB" w14:textId="77777777" w:rsidR="0003667C" w:rsidRDefault="0003667C" w:rsidP="003864F1">
+    <w:p w14:paraId="03F888EB" w14:textId="77777777" w:rsidR="0003667C" w:rsidRPr="00FC583C" w:rsidRDefault="0003667C" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>La central aguas arriba sin operación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A95B29" w14:textId="77777777" w:rsidR="0003667C" w:rsidRDefault="0003667C" w:rsidP="0003667C">
+    <w:p w14:paraId="70A95B29" w14:textId="77777777" w:rsidR="0003667C" w:rsidRPr="00FC583C" w:rsidRDefault="0003667C" w:rsidP="0003667C">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Para caudales mínimo, promedio y máximo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1B3226" w14:textId="77777777" w:rsidR="00ED5909" w:rsidRDefault="00ED5909" w:rsidP="00ED5909">
+    <w:p w14:paraId="2C1B3226" w14:textId="77777777" w:rsidR="00ED5909" w:rsidRPr="00FC583C" w:rsidRDefault="00ED5909" w:rsidP="00ED5909">
       <w:pPr>
         <w:pStyle w:val="Listaconvietas"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Operación en época de estiaje</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5FB831" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="003864F1">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352A0838" w14:textId="77777777" w:rsidR="003864F1" w:rsidRDefault="003864F1" w:rsidP="005A45AC">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288A0CB5" w14:textId="77777777" w:rsidR="00F239BC" w:rsidRPr="00C6198E" w:rsidRDefault="00714C79" w:rsidP="007F467E">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Planos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531656B7" w14:textId="689F83CB" w:rsidR="00AD4943" w:rsidRPr="00C6198E" w:rsidRDefault="00714C79" w:rsidP="003864F1">
-      <w:r>
+    <w:p w14:paraId="531656B7" w14:textId="689F83CB" w:rsidR="00AD4943" w:rsidRPr="00FC583C" w:rsidRDefault="00714C79" w:rsidP="003864F1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Incluir planos de</w:t>
       </w:r>
-      <w:r w:rsidR="004620D5">
+      <w:r w:rsidR="004620D5" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> planta y perfil del tramo recorrido</w:t>
       </w:r>
-      <w:r w:rsidR="003D4C94">
+      <w:r w:rsidR="003D4C94" w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> con la firma y sello del profesional y timbre de Colegio correspondiente</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FC583C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AD4943" w:rsidRPr="00C6198E">
+    <w:sectPr w:rsidR="00AD4943" w:rsidRPr="00FC583C">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="1"/>
       <w:pgMar w:top="2678" w:right="1512" w:bottom="1913" w:left="1512" w:header="918" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16BAEFA5" w14:textId="77777777" w:rsidR="002E10DD" w:rsidRDefault="002E10DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31DFBD43" w14:textId="77777777" w:rsidR="002E10DD" w:rsidRDefault="002E10DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -3095,65 +3498,65 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HGMinchoB">
     <w:altName w:val="HG明朝B"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72AE654D" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00944C47" w:rsidRDefault="004C55A9" w:rsidP="00B92EF8">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="B1C0CD" w:themeColor="accent1" w:themeTint="99"/>
       </w:pBdr>
     </w:pPr>
     <w:r w:rsidRPr="00944C47">
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r w:rsidRPr="00944C47">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00944C47">
       <w:instrText>page</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00944C47">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00341F06">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
@@ -3189,102 +3592,102 @@
           <w:docPart w:val="586D441018EA4C348C4F8DA5BF458115"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:date>
           <w:dateFormat w:val="dddd, dd' de 'MMMM' de 'yyyy"/>
           <w:lid w:val="es-GT"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="00051F43">
           <w:rPr>
             <w:rStyle w:val="Textodelmarcadordeposicin"/>
           </w:rPr>
           <w:t>Haga clic aquí para escribir una fecha.</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16C1FA01" w14:textId="77777777" w:rsidR="002E10DD" w:rsidRDefault="002E10DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="71A188A9" w14:textId="77777777" w:rsidR="002E10DD" w:rsidRDefault="002E10DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79E451F9" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRDefault="004C55A9">
     <w:pPr>
       <w:pStyle w:val="Sombreadodelencabezado"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5032"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>Tabla de contenido</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28FE9B51" w14:textId="77777777" w:rsidR="004C55A9" w:rsidRPr="00B92EF8" w:rsidRDefault="004C55A9" w:rsidP="00B92EF8">
     <w:pPr>
       <w:pStyle w:val="Sombreadodelencabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1BB440C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="98AC7B0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -4439,363 +4842,372 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="453409004">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1082221884">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="951978614">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="267785680">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1217200275">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="36898436">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1078215045">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1051267497">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1262374643">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1638337421">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1563447517">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2047755339">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1736202139">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1532962855">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="810706513">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="998658286">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1267151239">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="675965117">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="193083536">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="894972670">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1244561242">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="138887363">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="76248828">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="958143405">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="495196741">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1433548753">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1084768645">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="947661774">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="869293771">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="688793270">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="182675735">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="140775182">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE060D"/>
+    <w:rsid w:val="00003162"/>
     <w:rsid w:val="00012371"/>
     <w:rsid w:val="0003667C"/>
     <w:rsid w:val="0005268B"/>
     <w:rsid w:val="00053FB6"/>
     <w:rsid w:val="00060EBB"/>
     <w:rsid w:val="00087A9C"/>
     <w:rsid w:val="000E53E3"/>
+    <w:rsid w:val="0012440A"/>
     <w:rsid w:val="0015069D"/>
     <w:rsid w:val="00173A45"/>
+    <w:rsid w:val="001C717C"/>
     <w:rsid w:val="001D43F6"/>
     <w:rsid w:val="00202CF1"/>
     <w:rsid w:val="0021744F"/>
     <w:rsid w:val="002201CA"/>
     <w:rsid w:val="0022328F"/>
     <w:rsid w:val="00232977"/>
     <w:rsid w:val="002579B8"/>
     <w:rsid w:val="0027175B"/>
     <w:rsid w:val="002763DB"/>
     <w:rsid w:val="002E10DD"/>
     <w:rsid w:val="002E3304"/>
     <w:rsid w:val="002E618F"/>
     <w:rsid w:val="00300F75"/>
     <w:rsid w:val="00305985"/>
     <w:rsid w:val="00341F06"/>
     <w:rsid w:val="003665B4"/>
     <w:rsid w:val="0037344F"/>
     <w:rsid w:val="003802F0"/>
     <w:rsid w:val="003814DD"/>
     <w:rsid w:val="003864F1"/>
+    <w:rsid w:val="003A68D2"/>
     <w:rsid w:val="003B68B1"/>
     <w:rsid w:val="003D1E9D"/>
     <w:rsid w:val="003D4C94"/>
     <w:rsid w:val="003F5FF1"/>
     <w:rsid w:val="004418D0"/>
     <w:rsid w:val="00446595"/>
     <w:rsid w:val="004620D5"/>
     <w:rsid w:val="004968D2"/>
     <w:rsid w:val="004C55A9"/>
+    <w:rsid w:val="004D19E3"/>
     <w:rsid w:val="00512F9A"/>
     <w:rsid w:val="00533BCE"/>
     <w:rsid w:val="0053699F"/>
     <w:rsid w:val="0058291D"/>
     <w:rsid w:val="005A45AC"/>
     <w:rsid w:val="005B038B"/>
     <w:rsid w:val="00622072"/>
+    <w:rsid w:val="006305BF"/>
     <w:rsid w:val="00631224"/>
     <w:rsid w:val="00640AAA"/>
     <w:rsid w:val="00640C09"/>
     <w:rsid w:val="00660C44"/>
     <w:rsid w:val="00682BF7"/>
     <w:rsid w:val="00696D36"/>
     <w:rsid w:val="006C4F2D"/>
     <w:rsid w:val="00714C79"/>
     <w:rsid w:val="00722398"/>
     <w:rsid w:val="0073474D"/>
     <w:rsid w:val="007402BB"/>
     <w:rsid w:val="0074050E"/>
     <w:rsid w:val="0076405F"/>
     <w:rsid w:val="00791134"/>
     <w:rsid w:val="007B4285"/>
     <w:rsid w:val="007E7B07"/>
     <w:rsid w:val="007F467E"/>
     <w:rsid w:val="007F5B8D"/>
     <w:rsid w:val="0082506F"/>
     <w:rsid w:val="00834B24"/>
     <w:rsid w:val="008423E5"/>
     <w:rsid w:val="00852582"/>
     <w:rsid w:val="0087719A"/>
     <w:rsid w:val="0088220C"/>
     <w:rsid w:val="00894876"/>
     <w:rsid w:val="008E6AF6"/>
     <w:rsid w:val="008F362E"/>
     <w:rsid w:val="0091449C"/>
     <w:rsid w:val="0092109B"/>
     <w:rsid w:val="00944C47"/>
     <w:rsid w:val="009604B0"/>
     <w:rsid w:val="00967959"/>
     <w:rsid w:val="0097207E"/>
     <w:rsid w:val="00972528"/>
     <w:rsid w:val="009B0812"/>
     <w:rsid w:val="009B1FB6"/>
     <w:rsid w:val="009F45CD"/>
+    <w:rsid w:val="00A06D9A"/>
     <w:rsid w:val="00A33E56"/>
     <w:rsid w:val="00A76945"/>
     <w:rsid w:val="00AA6868"/>
     <w:rsid w:val="00AB731E"/>
     <w:rsid w:val="00AD4943"/>
     <w:rsid w:val="00AE060D"/>
     <w:rsid w:val="00B43BB8"/>
     <w:rsid w:val="00B6665C"/>
     <w:rsid w:val="00B819D5"/>
     <w:rsid w:val="00B92EF8"/>
     <w:rsid w:val="00BB3CB4"/>
     <w:rsid w:val="00BB712C"/>
     <w:rsid w:val="00BC1801"/>
     <w:rsid w:val="00BE2A6D"/>
     <w:rsid w:val="00BF08A3"/>
     <w:rsid w:val="00C1136E"/>
     <w:rsid w:val="00C200D1"/>
     <w:rsid w:val="00C277A9"/>
     <w:rsid w:val="00C35BEC"/>
     <w:rsid w:val="00C51CBB"/>
     <w:rsid w:val="00C6198E"/>
     <w:rsid w:val="00C64499"/>
     <w:rsid w:val="00C71FC0"/>
     <w:rsid w:val="00CB0FEA"/>
     <w:rsid w:val="00CB587A"/>
     <w:rsid w:val="00CC2F08"/>
     <w:rsid w:val="00CD42CF"/>
     <w:rsid w:val="00CF3375"/>
     <w:rsid w:val="00D018E0"/>
     <w:rsid w:val="00D23062"/>
     <w:rsid w:val="00D27473"/>
     <w:rsid w:val="00DA2730"/>
     <w:rsid w:val="00DA5CDC"/>
     <w:rsid w:val="00DC1983"/>
     <w:rsid w:val="00DC2D25"/>
     <w:rsid w:val="00DD7ECE"/>
     <w:rsid w:val="00E63585"/>
     <w:rsid w:val="00E926BC"/>
     <w:rsid w:val="00E9519E"/>
     <w:rsid w:val="00ED5909"/>
     <w:rsid w:val="00EE0BFA"/>
     <w:rsid w:val="00EF6FE3"/>
     <w:rsid w:val="00F12146"/>
     <w:rsid w:val="00F234F0"/>
     <w:rsid w:val="00F239BC"/>
+    <w:rsid w:val="00F3141D"/>
     <w:rsid w:val="00F35477"/>
     <w:rsid w:val="00F531CF"/>
     <w:rsid w:val="00F63A90"/>
     <w:rsid w:val="00F92568"/>
     <w:rsid w:val="00FC3062"/>
     <w:rsid w:val="00FC30A8"/>
     <w:rsid w:val="00FC313F"/>
+    <w:rsid w:val="00FC583C"/>
     <w:rsid w:val="00FD2F0D"/>
     <w:rsid w:val="00FD5426"/>
     <w:rsid w:val="00FE5F7E"/>
     <w:rsid w:val="00FF7260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58F368C3"/>
   <w15:docId w15:val="{58980D6E-E8E0-48D8-B085-8B62E36B9EC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         <w:lang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="40" w:after="160" w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20406,55 +20818,93 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sombreadodelencabezado">
     <w:name w:val="Sombreado del encabezado"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="2" w:color="7E97AD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="2" w:space="6" w:color="7E97AD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="2" w:space="2" w:color="7E97AD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="2" w:space="6" w:color="7E97AD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="7E97AD" w:themeFill="accent1"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-360" w:right="-360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo1">
+    <w:name w:val="Estilo1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A68D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo2">
+    <w:name w:val="Estilo2"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D19E3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:i w:val="0"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Estilo3">
+    <w:name w:val="Estilo3"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F3141D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="512572476">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="6059133">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="96"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -20571,71 +21021,71 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\emansilla\AppData\Roaming\Microsoft\Templates\Informe%20anual.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="23514EC6B43A4A94B7901EB762093695"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9AAB75F2-4934-48B4-B8E2-B0562AD9BB52}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007F52D5" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="007F52D5" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
-            <w:pStyle w:val="23514EC6B43A4A94B7901EB762093695"/>
+            <w:pStyle w:val="23514EC6B43A4A94B7901EB7620936951"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textoennegrita"/>
               <w:kern w:val="0"/>
             </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidRPr="00F12146">
             <w:t>En esta sección el profesional debe aportar un resumen de su formación académica, la que lo faculta para realizar este tipo de estudios</w:t>
           </w:r>
           <w:r w:rsidRPr="00C6198E">
             <w:t>.</w:t>
           </w:r>
           <w:r>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8F80F33FE8F54801A6E35D11E080175D"/>
         <w:category>
           <w:name w:val="General"/>
@@ -20654,203 +21104,203 @@
           <w:pPr>
             <w:pStyle w:val="8F80F33FE8F54801A6E35D11E080175D"/>
           </w:pPr>
           <w:r>
             <w:t>Informe anual</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5954C702-CBB2-4BC6-A32A-BC4D7D17A704}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007F52D5" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="007F52D5" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
-            <w:pStyle w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
+            <w:pStyle w:val="071BC29470CF4B53BE2FEAE0334EB6A71"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>[Año estacional]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1792672066EF4FCA99C2EC4D4981E53D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0FE7A9EA-8F47-4866-BF06-96713337B295}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007F52D5" w:rsidRDefault="00391DB1">
+        <w:p w:rsidR="007F52D5" w:rsidRDefault="00921875">
           <w:pPr>
             <w:pStyle w:val="1792672066EF4FCA99C2EC4D4981E53D"/>
           </w:pPr>
           <w:r>
             <w:t>[Descripción breve de las características de la central.]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="165B970E1A5D4FEE8AF6155E0A8FB690"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{57011156-9DE5-430D-93EA-AC19EACEA174}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00391DB1" w:rsidRPr="00F12146" w:rsidRDefault="00391DB1" w:rsidP="00F12146">
+        <w:p w:rsidR="00921875" w:rsidRPr="00F12146" w:rsidRDefault="00921875" w:rsidP="00F12146">
           <w:r>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidRPr="00F12146">
             <w:t>En esta sección el profesional debe aportar un resumen de su experiencia profesional que lo acredite como especialista en este tipo de obras, debiendo incluir:</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00391DB1" w:rsidRPr="00F12146" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="00921875" w:rsidRPr="00F12146" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="2"/>
             </w:numPr>
             <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
           </w:pPr>
           <w:r w:rsidRPr="00F12146">
             <w:t>Nombre de la Compañía para a la que aportó su experiencia o realizó estudios</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00391DB1" w:rsidRPr="00F12146" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="00921875" w:rsidRPr="00F12146" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="2"/>
             </w:numPr>
             <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
           </w:pPr>
           <w:r w:rsidRPr="00F12146">
             <w:t>Proceso en el que participó en el proyecto</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00391DB1" w:rsidRPr="00F12146" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="00921875" w:rsidRPr="00F12146" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="2"/>
             </w:numPr>
             <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
           </w:pPr>
           <w:r w:rsidRPr="00F12146">
             <w:t>Nombre, número de teléfono y correo electrónico de la empresa para que realizó dicho trabajo</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00793958" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="00793958" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
-            <w:pStyle w:val="165B970E1A5D4FEE8AF6155E0A8FB690"/>
+            <w:pStyle w:val="165B970E1A5D4FEE8AF6155E0A8FB6901"/>
           </w:pPr>
           <w:r w:rsidRPr="00F12146">
             <w:rPr>
               <w:lang w:val="es-GT"/>
             </w:rPr>
             <w:t>En su defecto pueden presentar una carta de la compañía debidamente firmada en donde se indique el tipo de participación</w:t>
           </w:r>
           <w:r w:rsidRPr="00C6198E">
             <w:t>.</w:t>
           </w:r>
           <w:r>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="586D441018EA4C348C4F8DA5BF458115"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0CAAFFF7-E783-4B47-8A4F-582259D97704}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00793958" w:rsidRDefault="00391DB1" w:rsidP="00391DB1">
+        <w:p w:rsidR="00793958" w:rsidRDefault="00921875" w:rsidP="00921875">
           <w:pPr>
-            <w:pStyle w:val="586D441018EA4C348C4F8DA5BF458115"/>
+            <w:pStyle w:val="586D441018EA4C348C4F8DA5BF4581151"/>
           </w:pPr>
           <w:r w:rsidRPr="00051F43">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic aquí para escribir una fecha.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -20876,88 +21326,93 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HGMinchoB">
     <w:altName w:val="HG明朝B"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E63AF57E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listaconvietas"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:hint="default"/>
-        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:color w:val="156082" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18D2533D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24F646D0"/>
     <w:lvl w:ilvl="0" w:tplc="FBFC95C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8654D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -21057,121 +21512,123 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="01E650D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1440417411">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="633027872">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB33C6"/>
+    <w:rsid w:val="00003162"/>
     <w:rsid w:val="00113399"/>
     <w:rsid w:val="00131D06"/>
     <w:rsid w:val="00187D29"/>
     <w:rsid w:val="00264637"/>
     <w:rsid w:val="00332F75"/>
     <w:rsid w:val="00391DB1"/>
     <w:rsid w:val="007918C7"/>
     <w:rsid w:val="00793958"/>
     <w:rsid w:val="007D617D"/>
     <w:rsid w:val="007F52D5"/>
     <w:rsid w:val="008135AC"/>
     <w:rsid w:val="00897DD2"/>
+    <w:rsid w:val="00921875"/>
     <w:rsid w:val="009C52D0"/>
     <w:rsid w:val="00AD4D18"/>
     <w:rsid w:val="00C427A3"/>
     <w:rsid w:val="00C77B41"/>
     <w:rsid w:val="00CE7632"/>
     <w:rsid w:val="00EF26FA"/>
     <w:rsid w:val="00EF697A"/>
     <w:rsid w:val="00F16DEA"/>
     <w:rsid w:val="00FB33C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-GT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-GT" w:eastAsia="es-GT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21566,51 +22023,51 @@
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007F52D5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="20"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
@@ -21634,51 +22091,51 @@
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F80F33FE8F54801A6E35D11E080175D">
     <w:name w:val="8F80F33FE8F54801A6E35D11E080175D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1792672066EF4FCA99C2EC4D4981E53D">
     <w:name w:val="1792672066EF4FCA99C2EC4D4981E53D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00391DB1"/>
+    <w:rsid w:val="00921875"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB33C6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
@@ -21701,96 +22158,96 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007F52D5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007F52D5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="20"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:link w:val="SinespaciadoCar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FB33C6"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SinespaciadoCar">
     <w:name w:val="Sin espaciado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Sinespaciado"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00FB33C6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00391DB1"/>
+    <w:rsid w:val="00921875"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotaalfinal">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotaalfinalCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D617D"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
@@ -21827,51 +22284,51 @@
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="44546A" w:themeColor="text2"/>
+        <w:color w:val="0E2841" w:themeColor="text2"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -21948,82 +22405,329 @@
     <w:pPr>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="071BC29470CF4B53BE2FEAE0334EB6A7">
     <w:name w:val="071BC29470CF4B53BE2FEAE0334EB6A7"/>
     <w:rsid w:val="00391DB1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="144" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
       <w:kern w:val="20"/>
       <w:sz w:val="64"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="586D441018EA4C348C4F8DA5BF458115">
     <w:name w:val="586D441018EA4C348C4F8DA5BF458115"/>
     <w:rsid w:val="00391DB1"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="6" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:top w:val="single" w:sz="4" w:space="6" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="2" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
       </w:pBdr>
       <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-360" w:right="-360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="20"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23514EC6B43A4A94B7901EB7620936951">
+    <w:name w:val="23514EC6B43A4A94B7901EB7620936951"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Textoindependiente2Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Textoindependiente2Car">
+    <w:name w:val="Texto independiente 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00921875"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165B970E1A5D4FEE8AF6155E0A8FB6901">
+    <w:name w:val="165B970E1A5D4FEE8AF6155E0A8FB6901"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="071BC29470CF4B53BE2FEAE0334EB6A71">
+    <w:name w:val="071BC29470CF4B53BE2FEAE0334EB6A71"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="144" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="64"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6F002A18C73412BAB6E411EF990252A">
+    <w:name w:val="A6F002A18C73412BAB6E411EF990252A"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83BA3DBEAC874E1098A52661B49E20ED">
+    <w:name w:val="83BA3DBEAC874E1098A52661B49E20ED"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6FBABA1E6AD42DDA381141418ED836C">
+    <w:name w:val="E6FBABA1E6AD42DDA381141418ED836C"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="337338F7E881475EAF55EADFB48AEDD6">
+    <w:name w:val="337338F7E881475EAF55EADFB48AEDD6"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5ABF859003CF463D92DFA66D1948D01E">
+    <w:name w:val="5ABF859003CF463D92DFA66D1948D01E"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8D89CAE8765C4B81A16414176A49BC57">
+    <w:name w:val="8D89CAE8765C4B81A16414176A49BC57"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF742A787E9B4A93BAFFEE37343211FC">
+    <w:name w:val="CF742A787E9B4A93BAFFEE37343211FC"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4B4D0B3B8C64C288401233AF061E995">
+    <w:name w:val="D4B4D0B3B8C64C288401233AF061E995"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BCC796712F84791B4EB8D88DF6FCE3A">
+    <w:name w:val="6BCC796712F84791B4EB8D88DF6FCE3A"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46E9DB0C358643D08ABEA834613CD555">
+    <w:name w:val="46E9DB0C358643D08ABEA834613CD555"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="586D441018EA4C348C4F8DA5BF4581151">
+    <w:name w:val="586D441018EA4C348C4F8DA5BF4581151"/>
+    <w:rsid w:val="00921875"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="6" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="2" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:pBdr>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="-360" w:right="-360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Annual Report">
   <a:themeElements>
     <a:clrScheme name="word_design_set">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F2123"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DC9E1F"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="7E97AD"/>
       </a:accent1>
       <a:accent2>
@@ -22306,56 +23010,63 @@
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax>1</CompanyFax>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
@@ -22425,182 +23136,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <mappings xmlns="http://schemas.microsoft.com/pics">
   <picture>iVBORw0KGgoAAAANSUhEUgAAAIAAAAA+CAIAAABsnISZAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAZdEVYdFNvZnR3YXJlAEFkb2JlIEltYWdlUmVhZHlxyWU8AAAHVklEQVR4Xu1c641eRQzdTkDiP0j8B1EAiAIiUUBEA1EaiCgAaABoAGiAVJBUECrYDshBZ2VZtsfjufNARDe6iva7n2c89vFrPLP78M+Rf3+/e/fJRx+//uv1EW7/GZOXL1589+zZEPuHIerLxB8AAN9+/c3nn372+PiYKOEG4LKF9AcCgK+++PIGoK+pMxS//fKrjza3B5xR/r9cQl3fAPwPAZD0+POPPyHJoFbBI3LgJWIfX+LBRy2ijH375g3AFzIMaVHq4aCBF8uo758/DyOsWQOGgK/Mg58NaywmwQEsvCCg/+HVKyzbDKRO+NJYd+4BGIiEQdEwLeJVa0kPVCKmAyfSSbHIl6JKfIuPUJMWnsLgf7wXvVAjEMlQ6jIU9JhNaKA1LNSoAMriS1kD1S3zYBQmASRUOuiJaI4BWHtd086MBWA2kVc0LpoV08EPlJ00+B+zySIxAwj+/P2PEIMnAHyRTrUaSfARLwVPghcaFIfLInwZalwEiyONNhYPiZYByoIutEHwW7zB+8QJuData8olJsix9BVRXNEDaPKGOyHJADAJHbyxGgzzY0ApxFRZa+sBlqKd4j4AQ4QpkBDLCpdOPepwRDKg7u1Jz0B1a5NklMNqNZwg0DjVAfD+Z6bSi3nyAGOPHBA6MsXmFFSrt2V+i/AillgEQAtp1OEx0ACbb3XkDMHDwrR5McrpiE9P0rZVBCB0vkT8JwBMhNJaNgIQG9pdrlaasIbKtyKYvSkbo5nI3FViQqA9KQQAxiHZlVJgJfQMMTszfxGAMB70ATCqIQDJMw8AOMJYGOjw0I20kCYfeD3mKwzjp0yiXZwVC7/CD6wLGMd0DDgNQJ7Hcrvmt9qjjQmYZC56GQUgKe9Cw5eXTHJEHTYrxZgUo74qPQoADSSXQUJQq8DSQdwA0IrvCB3iwvhZF7JhDmiln+7KGeLBwpQ6ki0996MAmGW15JE9hCfgDKZglUDHYtmMMjUVHShpfoVbp4rqxUFZQUgywHsuGzObMsmER/+Rc7ZaEcM5AHOxhvHyYy5T3fu10r50EPMe4JMV87C8T0phCYCtPFzxDC7JbC0xM3dkGpVQuSH8KwHgUqBEswv1ds2MLRYNwaBECKAzWJgDpOiWbbCp/JgJZaOLJeENPooFMGLoTTgr+koCE12HFaDf3xnlkjVXAkenpS4GQBKp1Bu6DSA5AIuABnVXB2TGdbwPYpTuMjHcewFMq4dVk9nEatbdzKFjFEONWWqlQOAkHI6HueQiAPWg6SmL26sZFh/82KkjyRuAefu4AZjX4dQMNwBT6psffAMwr8OpGW4AptQ3P3gKgHn29wwP5oBt9GJXRYNstfuTPHbhLzfUEtaYEzPr/YFsZbi1xJMfWx6TayMA3LXmTWO9xfNnWxUtaBpzN6DCGkiM8l0r1xYA2I2oyG9oKj2cEBVw5Nn3had+Y3WHXOsBgDxyveWCOoBcfv3PA8C2zOWnCMAmuRYDMKkL01qphKDu4V0XmAoA++RaCQDbWOEjh46iU7gzO5chfbEWSLSPGcJMK4fvwrcLwFa5lgHAWzpem+YiWxhAwoHdfNDSvu5OJz4Eoyb8OQC75VoGAGzcaz8/U9TeELpCUp+0rLJ1PtpCAgVrDsBuudYAwLaoeYrap2owg0/dyc0GX2WZI6BK/ujSHJBrDQDeTIpnUloFvEdknrAiCilHbb+rfRAckGsNAN54u5ktlN8HojATePMf8raK6klzQK4FAPgSrXURtSu5z6v+bNaHhe6vbnX5hgRn5FoAgByNSvToFjAtjYTKNcQepPwS3DXtY9QZuRYA4HsAM30u7/UmDXh2O6I/ADgj1wIAfBU/2kvQRurju4HT54kZdol/nJFrAQDGZv2VpqEg4AsPk8+H2PFmUfcJW+JDjLoytuRaAIAR70IBqlffBWCI3QwAQ4xuAGIN3AB0LcMS3B4w9rcmwt3KsNbVAJ+ETUfIl0kJuxkPGGLUFbkl14Ic4MuStWWokW2enUclTMLzjPTKW3AuAMAHjcsbMV7P10/4K5+TB5lFAM7ItQAAvzUtHqd4t/VT+SbPPLsiAPOMRMBErgUAhD3ba804v/fxu9x5dkUA5hkJAIlcCwAAG59hLjiBbzK3thSe3VD7rwjAGbnWABA26IcyQXgg05ohrG3qHek6AAfkWgMAjCU8UyxiAO17J83/PFV476jIrg7AAbmWAdA6pG39ERqJj/wjLL5dk/c4Q4/BJN07AODrG/3J9cjdci0DAIIll0QQH4xCIVh4YZRIVOJJclcHqGNy/8tfrQuj+f3UrXJZALqNQxK0cuz8NSlMXj9gCWN0UQRN1r0gvE+uxQDkflBRTcX29QZi8sYgl9QFYJ9c6wHAWqGU8K5VDgAywbWzrZmbud2/yWLAXi7XFgC46CTEGySGtNBqewH1oQvSiKIVww+360UYKnJtBIBLZ7IN75fxwui1PXPSfeTtz7AsJsdrejccV8l1/4pSt5G8l+AGYK9+u7O/B+HBx9ogCCU3AAAAAElFTkSuQmCC</picture>
 </mappings>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{186C2116-6662-4E69-9B79-0530906D7084}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{376FF4FE-380A-414A-B006-465DE8E4C842}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFE80CAD-7F20-4F4B-B369-1DF6C29F91A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB0E7388-FA70-4164-847A-23FA6A38C2CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFE80CAD-7F20-4F4B-B369-1DF6C29F91A1}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{186C2116-6662-4E69-9B79-0530906D7084}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F679E4D8-73D9-412D-B716-777944E71373}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/pics"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Informe anual</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>370</Words>
-  <Characters>2037</Characters>
+  <Words>358</Words>
+  <Characters>2044</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Encabezados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
       <vt:lpstr>Informe DE Tiempos de viaje deL agua</vt:lpstr>
       <vt:lpstr>Para nuestros accionistas</vt:lpstr>
       <vt:lpstr>    Elementos estratégicos destacados</vt:lpstr>
       <vt:lpstr>    Elementos financieros destacados</vt:lpstr>
       <vt:lpstr>    Aspectos operativos destacados</vt:lpstr>
       <vt:lpstr>    Perspectivas</vt:lpstr>
       <vt:lpstr>Resumen financiero</vt:lpstr>
       <vt:lpstr>Informes financieros</vt:lpstr>
       <vt:lpstr>    Informe de posición financiera</vt:lpstr>
       <vt:lpstr>    Informe de ingresos globales (beneficios y pérdidas)</vt:lpstr>
       <vt:lpstr>    Informe de cambios en participaciones</vt:lpstr>
       <vt:lpstr>    Informe de flujos de efectivo</vt:lpstr>
       <vt:lpstr>Notas de informes financieros</vt:lpstr>
       <vt:lpstr>    Cuentas</vt:lpstr>
       <vt:lpstr>    Deuda</vt:lpstr>
       <vt:lpstr>    Continuidad de la explotación</vt:lpstr>
       <vt:lpstr>    Pasivo contingente</vt:lpstr>
       <vt:lpstr>    Conclusiones</vt:lpstr>
       <vt:lpstr>Informe de auditor independiente</vt:lpstr>
       <vt:lpstr>Información de contacto</vt:lpstr>
       <vt:lpstr>Información de la compañía</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2403</CharactersWithSpaces>
+  <CharactersWithSpaces>2336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informe DE Tiempos de viaje deL agua</dc:title>
   <dc:subject/>
   <dc:creator>Elsa Maribel Mansilla Afre</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC028350639991</vt:lpwstr>